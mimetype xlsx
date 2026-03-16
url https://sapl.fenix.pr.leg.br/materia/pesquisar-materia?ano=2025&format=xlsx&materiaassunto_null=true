--- v0 (2026-01-28)
+++ v1 (2026-03-16)
@@ -54,2320 +54,2320 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EADPL</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Joaquim Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/668/2025-05-19_projeto_de_emenda_ao_pl_02-25.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/668/2025-05-19_projeto_de_emenda_ao_pl_02-25.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei do Legislativo nº 02/2025, que regulamenta a forma de consulta prévia à população para alteração de denominação de próprios e logradouros públicos municipais.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Celso Andrade</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/703/2025.08.18_emenda_ao_pll_05.2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/703/2025.08.18_emenda_ao_pll_05.2025.pdf</t>
   </si>
   <si>
     <t>Altera o prazo para a configuração de abandono de veículo e adiciona procedimento de verificação para veículos não identificados, modificando e acrescentando dispositivos ao Projeto de Lei do Legislativo nº 05/2025.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emendas Impositivas</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/770/32_-_joaquim_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/770/32_-_joaquim_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Tiaguinho do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/771/33_-_tiago_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/771/33_-_tiago_2025.pdf</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Lucas Baia</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/772/34_-_lucas_2025_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/772/34_-_lucas_2025_1.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Emerson Baia</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/773/35_-_emerson_2025_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/773/35_-_emerson_2025_1.pdf</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>João Vitor</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/774/36_-_joao_vitor_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/774/36_-_joao_vitor_2025.pdf</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Robinho da Bela Vista</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/775/37_-_marcos_roberto_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/775/37_-_marcos_roberto_2025.pdf</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/776/38_-_celso_andrade_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/776/38_-_celso_andrade_2025.pdf</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/777/39_-joao_cezar_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/777/39_-joao_cezar_2025.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/778/40_-_jose_roberto_2025_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/778/40_-_jose_roberto_2025_1.pdf</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>CATFO - Comissão  Administração Tributária, Financeira Orçamentária, Celso Andrade</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_resolucao_legislativa_no5-2025_-_substitutivo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_resolucao_legislativa_no5-2025_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar no orçamento vigente, com base na anulação parcial de dotações, e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/579/2025-02-10_indicacao_n01-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/579/2025-02-10_indicacao_n01-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Iluminação na Alameda Santa Luiza, em especial no Parque Infantil construído recentemente.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/580/2025-02-10_indicacao_n02-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/580/2025-02-10_indicacao_n02-2025.pdf</t>
   </si>
   <si>
     <t>Reforma no Clube de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/581/2025-02-10_indicacao_n03-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/581/2025-02-10_indicacao_n03-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de BEBEDOUROS PÚBLICOS no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/582/2025-02-11_indicacao_n04-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/582/2025-02-11_indicacao_n04-2025.pdf</t>
   </si>
   <si>
     <t>Indica a substituição das luminárias convencionais por lâmpadas de LED, nas vias públicas do Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/583/2025-02-11_indicacao_n05-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/583/2025-02-11_indicacao_n05-2025.pdf</t>
   </si>
   <si>
     <t>Melhorias no Campo de Futebol do Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/584/2025-02-11_indicacao_n06-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/584/2025-02-11_indicacao_n06-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a viabilidade de pavimentação asfáltica ou calçamento com Pedra Irregular na Vila Rural de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/585/2025-02-11_indicacao_n07-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/585/2025-02-11_indicacao_n07-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, por intermédio da secretaria de planejamento, que elabore projeto técnico e promova o devido procedimento juto aos Governos Estadual ou Federal para pavimentação asfáltica na Estrada que liga o Município de Fênix ao Distrito de Bela Vista do Ivaí</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/586/2025-02-11_indicacao_n08-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/586/2025-02-11_indicacao_n08-2025.pdf</t>
   </si>
   <si>
     <t>Concessão de Vale Transporte aos Agentes Comunitários de Saúde e Agentes de Combate a Endemias.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2025-02-11_indicacao_n09-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2025-02-11_indicacao_n09-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA CRIAÇÃO DE LISTA NEGRA.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/588/2025-02-11_indicacao_n10-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/588/2025-02-11_indicacao_n10-2025.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO BLOQUEIO DO PROCESSO LICITATÓRIO E CONCEQUENTEMENTE A PARALIZAÇÃO DA OBRA DO LAGO PELA EMPRESA VENCEDORA.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/589/2025-02-11_indicacao_n11-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/589/2025-02-11_indicacao_n11-2025.pdf</t>
   </si>
   <si>
     <t>SEJA CRIADO NA ACADEMIA LOCALIZADA NA SECRETARIA DE ASSISTENCIA SOCIAL, UM CENTRO DE CONVIVENCIA DOS IDOSOS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/590/2025-02-11_indicacao_n12-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/590/2025-02-11_indicacao_n12-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, por intermédio da secretaria de planejamento, que elabore projeto técnico de um CENTRO DE EVENTOS e promova o devido procedimento junto ao Governo Estadual ou Federal para construção do mesmo.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/595/2025-02-19_indicacao_n13-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/595/2025-02-19_indicacao_n13-2025.pdf</t>
   </si>
   <si>
     <t>Sugerir a Administração Municipal_x000D_
 Que proceda na reforma e revitalização do_x000D_
 Estádio Municipal “Pingão”</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/596/2025-02-19_indicacao_n14-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/596/2025-02-19_indicacao_n14-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, a realização de reforma e revitalização da quadra municipal de esportes.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/597/2025-02-21_indicacao_n15-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/597/2025-02-21_indicacao_n15-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a viabilidade de_x000D_
 Instalação de Placas Identificação com os nomes das ruas no município de Fênix.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/598/2025-02-21_indicacao_n16-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/598/2025-02-21_indicacao_n16-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a viabilidade de que o estacionamento de veículos na Rua Jangada seja permitido apenas em um dos lados da via.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/599/2025-02-21_indicacao_n17-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/599/2025-02-21_indicacao_n17-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal sugerindo a instalação de Guard Rail na Praça do Barco.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/600/2025-02-21_indicacao_n18-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/600/2025-02-21_indicacao_n18-2025.pdf</t>
   </si>
   <si>
     <t>Indico a instalação de Bebedouro na quadra municipal.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/601/2025-02-21_indicacao_n19-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/601/2025-02-21_indicacao_n19-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, elaboração de estudo de viabilidade econômico e orçamentária para implantação da AUXÍLIO ALIMENTAÇÃO aos servidores do Poder Executivo do Município de Fênix.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/602/2025-02-21_indicacao_n20-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/602/2025-02-21_indicacao_n20-2025.pdf</t>
   </si>
   <si>
     <t>Substituição das lâmpadas convencionais dos postes da Vila Rural Vale Verde – Novos Caminhos por lâmpadas de LED.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/603/2025-02-21_indicacao_n21-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/603/2025-02-21_indicacao_n21-2025.pdf</t>
   </si>
   <si>
     <t>Aumentar o repasse financeiro destinado à AAFEN – Associação dos Estudantes de Fênix</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/604/2025-02-21_indicacao_n22-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/604/2025-02-21_indicacao_n22-2025.pdf</t>
   </si>
   <si>
     <t>CRIA CENTRO DE CONVIVENCIA EM BELA VISTA DO IVAÍ.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/605/2025-02-21_indicacao_n23-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/605/2025-02-21_indicacao_n23-2025.pdf</t>
   </si>
   <si>
     <t>SEJA REFORMADO E REESTRUTURADO A IGREJINHA</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/606/2025-02-21_indicacao_n24-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/606/2025-02-21_indicacao_n24-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO de subprefeitura no distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/607/2025-02-21_indicacao_n25-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/607/2025-02-21_indicacao_n25-2025.pdf</t>
   </si>
   <si>
     <t>Construção de rampa náutica no rio Ivaí, especificamente na localidade do bairro rural Volta Grande no distrito de Bela Vista do Ivaí</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/608/2025-02-26_indicacao_n26-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/608/2025-02-26_indicacao_n26-2025.pdf</t>
   </si>
   <si>
     <t>Equipamentos de Proteção Individual (EPIs) para os funcionários envolvidos na coleta de lixo.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/609/2025-02-26_indicacao_n27-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/609/2025-02-26_indicacao_n27-2025.pdf</t>
   </si>
   <si>
     <t>Identificação e uniformização para todos os funcionários públicos, incluindo os do Paço Municipal, da Assistência Social e os motoristas.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/610/2025-02-26_indicacao_n28-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/610/2025-02-26_indicacao_n28-2025.pdf</t>
   </si>
   <si>
     <t>instalação de lombadas (quebra-molas) na Rua Iapó, na esquina com a Rua Cinamomo.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/611/2025-02-26_indicacao_n29-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/611/2025-02-26_indicacao_n29-2025-.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação das pontes sobre o Rio Bagre</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/612/2025-02-26_indicacao_n30-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/612/2025-02-26_indicacao_n30-2025.pdf</t>
   </si>
   <si>
     <t>instalação de poste de iluminação pública na Praça Antonio Gancedo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/613/2025-02-26_indicacao_n31-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/613/2025-02-26_indicacao_n31-2025.pdf</t>
   </si>
   <si>
     <t>Adicional de insalubridade às cozinheiras deste município.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/614/2025-02-28_indicacao_n32-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/614/2025-02-28_indicacao_n32-2025.pdf</t>
   </si>
   <si>
     <t>Alimentação para os profissionais da saúde que cumprem plantões de 12 horas no município.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/615/2025-03-07_indicacao_n33-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/615/2025-03-07_indicacao_n33-2025.pdf</t>
   </si>
   <si>
     <t>Construção de um parque infantil no distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/616/2025-03-07_indicacao_n34-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/616/2025-03-07_indicacao_n34-2025.pdf</t>
   </si>
   <si>
     <t>Melhorias na Capela Mortuária Municipal.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/617/2025-03-07_indicacao_n35-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/617/2025-03-07_indicacao_n35-2025.pdf</t>
   </si>
   <si>
     <t>Criação do Programa “Remédio em Casa”.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/618/2025-03-07_indicacao_n36-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/618/2025-03-07_indicacao_n36-2025.pdf</t>
   </si>
   <si>
     <t>Criação do Programa “Visão para Todos”.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/619/2025-03-07_indicacao_n37-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/619/2025-03-07_indicacao_n37-2025.pdf</t>
   </si>
   <si>
     <t>Implementação do Programa Olho Vivo.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/620/2025-03-07_indicacao_n38-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/620/2025-03-07_indicacao_n38-2025.pdf</t>
   </si>
   <si>
     <t>Asfaltamento do trecho final da Avenida Aviação</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/621/2025-03-10_indicacao_n39-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/621/2025-03-10_indicacao_n39-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Bebedouro de água gelada.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/622/2025-03-10_indicacao_n40-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/622/2025-03-10_indicacao_n40-2025.pdf</t>
   </si>
   <si>
     <t>Construção do HELIPONTO</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/623/2025-03-13_indicacao_n41-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/623/2025-03-13_indicacao_n41-2025.pdf</t>
   </si>
   <si>
     <t>Instalação e elevação de quebra-molas.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/624/2025-03-13_indicacao_n42-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/624/2025-03-13_indicacao_n42-2025.pdf</t>
   </si>
   <si>
     <t>Construção de um poço artesiano município de Fênix ao distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/625/2025-03-13_indicacao_n43-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/625/2025-03-13_indicacao_n43-2025.pdf</t>
   </si>
   <si>
     <t>Construção de Dois Poços Artesianos no Distrito de Bela Vista do Ivaí</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/627/2025-03-13_indicacao_n44-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/627/2025-03-13_indicacao_n44-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de suplementos alimentícios.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/628/2025-03-18_indicacao_n45-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/628/2025-03-18_indicacao_n45-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e revitalização da Praça Airton Cândido (Praça da Rodoviária) e da Rodoviária.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/629/2025-03-18_indicacao_n46-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/629/2025-03-18_indicacao_n46-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e revitalização da Praça Concordia (Praça da Igreja).</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/630/2025-03-18_indicacao_n47-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/630/2025-03-18_indicacao_n47-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de móveis e equipamentos para a escola municipal de campo do distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/631/2025-03-18_indicacao_n48-2025..pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/631/2025-03-18_indicacao_n48-2025..pdf</t>
   </si>
   <si>
     <t>Fornecimento de kit lanche para pacientes do SUS transportados para atendimento fora do município de Fênix/PR.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/632/2025-03-18_indicacao_n49-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/632/2025-03-18_indicacao_n49-2025-.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas na Vila Rural Vale Verde – Novos Caminhos.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/637/2025-03-18_indicacao_n50-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/637/2025-03-18_indicacao_n50-2025-.pdf</t>
   </si>
   <si>
     <t>Alimentação para funcionários da educação.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/634/2025-03-18_indicacao_n51-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/634/2025-03-18_indicacao_n51-2025.pdf</t>
   </si>
   <si>
     <t>Elaboração de projeto técnico de um Ginásio de Esportes</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/635/2025-03-18_indicacao_n52-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/635/2025-03-18_indicacao_n52-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de um abastecedor de água comunitário na localidade de Porto Velho.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/636/2025-03-19_indicacao_n53-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/636/2025-03-19_indicacao_n53-2025-.pdf</t>
   </si>
   <si>
     <t>Profissional para Remoção de Colmeia e ou Enxame de Abelhas.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/639/2025-03-24_indicacao_n54-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/639/2025-03-24_indicacao_n54-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de parquinhos infantis (Playgrounds) nos CMEIs municipais.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/640/2025-03-24_indicacao_n55-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/640/2025-03-24_indicacao_n55-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de playground infantil na Praça Airton Cândido (Praça da Rodoviária).</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/644/2025-03-28_indicacao_n56-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/644/2025-03-28_indicacao_n56-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de medicamentos para abastecimento das unidades de saúde do município.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/645/2025-03-28_indicacao_n57-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/645/2025-03-28_indicacao_n57-2025.pdf</t>
   </si>
   <si>
     <t>Ônibus para atender a população do distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/646/2025-03-28_indicacao_n58-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/646/2025-03-28_indicacao_n58-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma Creche/CMEI</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/648/2025-04-02_indicacao_n59-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/648/2025-04-02_indicacao_n59-2025.pdf</t>
   </si>
   <si>
     <t>Pintura de todos os quebra-molas da cidade.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/649/2025-04-02_indicacao_n60-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/649/2025-04-02_indicacao_n60-2025.pdf</t>
   </si>
   <si>
     <t>Implementação de pavimentação com Pavers nas calçadas do Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/650/2025-04-02_indicacao_n61-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/650/2025-04-02_indicacao_n61-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de um parque infantil na Escola Municipal de Campo de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/651/2025-04-02_indicacao_n62-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/651/2025-04-02_indicacao_n62-2025.pdf</t>
   </si>
   <si>
     <t>Construção de um campo de Futebol de Areia.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/652/2025-04-02_indicacao_n63-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/652/2025-04-02_indicacao_n63-2025.pdf</t>
   </si>
   <si>
     <t>Desenvolvimento de um projeto técnico para implantação de iluminação pública em LED.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/653/2025-04-04_indicacao_n64-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/653/2025-04-04_indicacao_n64-2025.pdf</t>
   </si>
   <si>
     <t>Elaboração e execução de um projeto técnico de pavimentação das vias.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/656/2025-04-09_indicacao_n65-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/656/2025-04-09_indicacao_n65-2025.pdf</t>
   </si>
   <si>
     <t>Proposta de isenção de IPTU para aposentados com imóvel de até 70 m².</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/657/2025-04-09_indicacao_n66-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/657/2025-04-09_indicacao_n66-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de coleta de lixo doméstico nas comunidades Bagre, Cantinho do Céu, Vila Rica e Ouro Verde.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/659/2025-04-22_indicacao_n67-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/659/2025-04-22_indicacao_n67-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a doação de 1 kg de alimento não perecível como ingresso para os shows de aniversário do município.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/665/2025-05-09_indicacao_n68-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/665/2025-05-09_indicacao_n68-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas na Rua Pedro Livon.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/673/2025-05-19_indicacao_n69-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/673/2025-05-19_indicacao_n69-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção do Cemitério da Bela Vista do Ivaí</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/672/2025-05-22_indicacao_n70-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/672/2025-05-22_indicacao_n70-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para ampliação da UBS ou integração com o Pronto Atendimento.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/674/2025-05-22_indicacao_n71-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/674/2025-05-22_indicacao_n71-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para regulamentação do estacionamento do hospital.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/675/2025-05-22_indicacao_n72-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/675/2025-05-22_indicacao_n72-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para calçamento de acesso ao Pronto Atendimento e revitalização da Rua Carlito Figueira e Avenida Central.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/676/2025-05-23_indicacao_n73-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/676/2025-05-23_indicacao_n73-2025.pdf</t>
   </si>
   <si>
     <t>Indicação para construção de um Centro-Dia para Idosos.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/680/2025-06-02_indicacao_n74-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/680/2025-06-02_indicacao_n74-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que viabilize, por meio da Secretaria de Assistência Social, o custeio da refeição do prato típico “Peixe na Cerâmica” para 50 famílias em situação de vulnerabilidade social, durante as festividades do aniversário de Fênix.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/681/2025-06-05_indicacao_n75-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/681/2025-06-05_indicacao_n75-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/682/2025-06-05_indicacao_n76-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/682/2025-06-05_indicacao_n76-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de um ônibus.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/683/2025-06-05_indicacao_n77-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/683/2025-06-05_indicacao_n77-2025.pdf</t>
   </si>
   <si>
     <t>Reforma geral na Escola Municipal do Campo Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/684/2025-06-12_indicacao_n78-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/684/2025-06-12_indicacao_n78-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de chuteiras e equipamentos de proteção para crianças e adolescentes do Município de Fênix, Bela Vista do Ivaí e Cantinho do Céu.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/685/2025-06-12_indicacao_n79-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/685/2025-06-12_indicacao_n79-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de trator rotativo para apoio aos agricultores da comunidade Bela Vista do Ivaí e da Vila Rural de Fênix.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/686/2025-06-12_indicacao_n80-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/686/2025-06-12_indicacao_n80-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de veículo para crianças autistas.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/690/2025-06-23_indicacao_n81-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/690/2025-06-23_indicacao_n81-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de horta comunitária no Distrito de Bela Vista do Ivaí voltada à participação de idosos.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/691/2025-06-23_indicacao_n82-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/691/2025-06-23_indicacao_n82-2025.pdf</t>
   </si>
   <si>
     <t>Implantação do projeto “Fortalecer” de incentivo à agricultura familiar no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/692/2025-06-23_indicacao_n83-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/692/2025-06-23_indicacao_n83-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de projeto de inclusão digital para idosos no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/693/2025-06-23_indicacao_n84-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/693/2025-06-23_indicacao_n84-2025.pdf</t>
   </si>
   <si>
     <t>Criação de praça pública no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/694/2025-06-23_indicacao_n85-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/694/2025-06-23_indicacao_n85-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de oficinas de pintura em tecido para mulheres da melhor idade no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/695/2025-06-27_indicacao_n86-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/695/2025-06-27_indicacao_n86-2025.pdf</t>
   </si>
   <si>
     <t>Desvinculação das Secretarias de Educação e de Esporte.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/698/2025-07-04_indicacao_n87-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/698/2025-07-04_indicacao_n87-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção de Pontos de Ônibus para embarque e desembarque de passageiros.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/699/2025-07-04_indicacao_n88-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/699/2025-07-04_indicacao_n88-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção de Pontos de Taxis.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/700/2025-08-06_indicacao_n89-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/700/2025-08-06_indicacao_n89-2025.pdf</t>
   </si>
   <si>
     <t>Guarda patrimonial 24 horas no hospital municipal</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/701/2025-08-06_indicacao_n90-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/701/2025-08-06_indicacao_n90-2025-.pdf</t>
   </si>
   <si>
     <t>Implantação de sistema de irrigação no Estádio Municipal José de Sales “Pingão”</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/702/2025-08-12_indicacao_n91-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/702/2025-08-12_indicacao_n91-2025-.pdf</t>
   </si>
   <si>
     <t>Manutenção e pintura dos reservatórios de água do distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/704/2025-08-12_indicacao_n92-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/704/2025-08-12_indicacao_n92-2025-.pdf</t>
   </si>
   <si>
     <t>Indicação para aquisição de lousa branca para uso no Parque Estadual Vila Rica do Espírito Santo.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/707/2025-08-20_indicacao_n93-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/707/2025-08-20_indicacao_n93-2025-.pdf</t>
   </si>
   <si>
     <t>Instalação de um redutor de velocidade (quebra-molas) na Rua Carlito Figueira da Silva.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/708/2025-08-20_indicacao_n94-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/708/2025-08-20_indicacao_n94-2025-.pdf</t>
   </si>
   <si>
     <t>Instalação de sinalização viária em frente a farmácias e agências bancárias.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/709/2025-08-20_indicacao_n95-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/709/2025-08-20_indicacao_n95-2025-.pdf</t>
   </si>
   <si>
     <t>Inclusão de profissional fonoaudiólogo na rede municipal de ensino de Fênix.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/711/2025-08-28_indicacao_n96-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/711/2025-08-28_indicacao_n96-2025-.pdf</t>
   </si>
   <si>
     <t>Aquisição de um veículo para manutenção em redes elétricas.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/716/2025-09-01_indicacao_n97-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/716/2025-09-01_indicacao_n97-2025-.pdf</t>
   </si>
   <si>
     <t>Implantação de uma pista de skate pública.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/717/2025-09-01_indicacao_n98-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/717/2025-09-01_indicacao_n98-2025-.pdf</t>
   </si>
   <si>
     <t>Oficina de Pintura em Tecido voltada para crianças</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/718/2025-09-11_indicacao_n99-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/718/2025-09-11_indicacao_n99-2025-.pdf</t>
   </si>
   <si>
     <t>Implantação de curso de máquinas agrícolas.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/719/2025-09-11_indicacao_n100-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/719/2025-09-11_indicacao_n100-2025-.pdf</t>
   </si>
   <si>
     <t>Realização de recape asfáltico na Rua Alecrim.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/720/2025-09-11_indicacao_n101-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/720/2025-09-11_indicacao_n101-2025-.pdf</t>
   </si>
   <si>
     <t>Realização da substituição do gramado do campo society da Rodoviária.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/722/2025-09-17_indicacao_n102-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/722/2025-09-17_indicacao_n102-2025-.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico no Conjunto Amanda</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/728/2025-09-26_indicacao_n103-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/728/2025-09-26_indicacao_n103-2025-.pdf</t>
   </si>
   <si>
     <t>Remoção do quebra-molas.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/729/2025-09-26_indicacao_n104-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/729/2025-09-26_indicacao_n104-2025-.pdf</t>
   </si>
   <si>
     <t>Alargamento de boca de lobo.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/730/2025-09-26_indicacao_n105-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/730/2025-09-26_indicacao_n105-2025-.pdf</t>
   </si>
   <si>
     <t>Instalação de um bebedouro de água gelada na Igrejinha Santo Inácio de Loyola.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/731/2025-09-29_indicacao_n106-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/731/2025-09-29_indicacao_n106-2025-.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito melhorias nas vias deste município.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/732/2025-09-29_indicacao_n107-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/732/2025-09-29_indicacao_n107-2025-.pdf</t>
   </si>
   <si>
     <t>Instalação de redutor de velocidade.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/735/2025-10-08_indicacao_n108-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/735/2025-10-08_indicacao_n108-2025.pdf</t>
   </si>
   <si>
     <t>Realização de recape asfáltico na Rua Iapó.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/736/2025-10-08_indicacao_n109-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/736/2025-10-08_indicacao_n109-2025.pdf</t>
   </si>
   <si>
     <t>Solicita providências para drenagem e limpeza urbana na esquina da Avenida Aviação com Avenida Central.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/737/2025-10-08_indicacao_n110-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/737/2025-10-08_indicacao_n110-2025.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico e instalação de redutores de velocidade (quebra-molas) no Jardim Vitória.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/738/2025-10-08_indicacao_n111-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/738/2025-10-08_indicacao_n111-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que conceda aos servidores públicos municipais o direito a um dia de dispensa do trabalho, sem prejuízo da remuneração, na data de seu aniversário.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/740/2025-10-14_indicacao_n112-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/740/2025-10-14_indicacao_n112-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de câmeras de segurança em prédios públicos municipais.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/741/2025-10-14_indicacao_n113-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/741/2025-10-14_indicacao_n113-2025.pdf</t>
   </si>
   <si>
     <t>Placas de sinalização viária no Distrito Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/742/2025-10-14_indicacao_n114-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/742/2025-10-14_indicacao_n114-2025.pdf</t>
   </si>
   <si>
     <t>Designação de guarda municipal para a Igrejinha Santo Inácio de Loyola.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/743/2025-10-14_indicacao_n115-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/743/2025-10-14_indicacao_n115-2025.pdf</t>
   </si>
   <si>
     <t>Recolocação da placa de sinalização de quebra-molas na Avenida Dr. Joaquim Vicente de Castro.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/744/2025-10-14_indicacao_n116-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/744/2025-10-14_indicacao_n116-2025.pdf</t>
   </si>
   <si>
     <t>Reparo da boca de lobo localizada na Avenida Dr. Joaquim Vicente de Castro.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/745/2025-10-14_indicacao_n117-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/745/2025-10-14_indicacao_n117-2025.pdf</t>
   </si>
   <si>
     <t>Rebaixamento do quebra-molas localizado na Avenida Joaquim Rodrigues da Silva.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/746/2025-10-14_indicacao_n118-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/746/2025-10-14_indicacao_n118-2025.pdf</t>
   </si>
   <si>
     <t>Recape asfáltico nas vias públicas do Distrito Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/747/2025-10-20_indicacao_n119-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/747/2025-10-20_indicacao_n119-2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da Avenida Aviação com calçadas em paver e nova arborização.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/751/2025-10-29_indicacao_n120-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/751/2025-10-29_indicacao_n120-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de iluminação natalina e a pintura temática dos meios-fios de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/752/2025-10-29_indicacao_n121-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/752/2025-10-29_indicacao_n121-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de quebra-molas e placas de sinalização na Vila Rural Vale Verde – Novos Caminhos.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/753/2025-10-29_indicacao_n122-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/753/2025-10-29_indicacao_n122-2025.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de iluminação pública e replantio de árvores na Estrada Pioneira Maria da Conceição Quinteiro.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/755/2025-11-03_indicacao_n123-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/755/2025-11-03_indicacao_n123-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de caçambas para entulhos.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/756/2025-11-12_indicacao_n124-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/756/2025-11-12_indicacao_n124-2025.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de obras de pavimentação asfáltica em vias públicas atualmente revestidas com pedras irregulares.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/757/2025-11-17_indicacao_n125-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/757/2025-11-17_indicacao_n125-2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma motocicleta para a Secretaria Municipal de Saúde de Fênix.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_126-joao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_126-joao.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de estudo técnico e orçamentário para a implantação de uma usina de placas solares para o município.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/766/2025-12-11_indicacao_n127-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/766/2025-12-11_indicacao_n127-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo a realização de estudos de viabilidade para a implantação da Guarda Municipal e, em caso positivo, o envio do respectivo Projeto de Lei.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/767/2025-12-11_indicacao_n128-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/767/2025-12-11_indicacao_n128-2025.pdf</t>
   </si>
   <si>
     <t>Instalação de aparelhos de ar-condicionado nas salas de aula e demais ambientes da Escola Municipal do Campo Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/768/2025-12-11_indicacao_n129-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/768/2025-12-11_indicacao_n129-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo o envio de Projeto de Lei Complementar para a criação do Conselho e do Fundo Municipal de Promoção da Igualdade Racial.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/733/processo_208396-24.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/733/processo_208396-24.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Prefeito – Parecer Prévio pela regularidade.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Celso Andrade, Emerson Baia, João do Banco, João Vitor, Joaquim Rodrigues, Lucas Baia, Pingo, Robinho da Bela Vista, Tiaguinho do Ônibus</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/748/2025.11.03_pdl_01_cidadao_eldor_jorge_klein.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/748/2025.11.03_pdl_01_cidadao_eldor_jorge_klein.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadãos Honorários do Município de Fênix ao casal Eldor Jorge Klein e Clair Klein.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/749/2025.11.03_pdl_02_cidadao_padre_rodrigo_ferreira_dos_santos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/749/2025.11.03_pdl_02_cidadao_padre_rodrigo_ferreira_dos_santos.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Fênix ao Padre Rodrigo Ferreira dos Santos.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/750/2025.11.03_pdl_03_cidadao_sbtenente_valdecir_guerreiro_escobar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/750/2025.11.03_pdl_03_cidadao_sbtenente_valdecir_guerreiro_escobar.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Fênix ao Subtenente Valdecir Guerreiro Escobar.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/769/projeto_de_decreto_legislativo_no_4-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/769/projeto_de_decreto_legislativo_no_4-2025.pdf</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/739/proposta_de_emenda_a_lei_organica_01-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/739/proposta_de_emenda_a_lei_organica_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III do § 2º do art. 35 da Lei Orgânica do Município de Fênix, para dispor sobre o mandato da Mesa Diretora da Câmara Municipal.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Euripedes Molina Tasca Junior</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_no_01-2025_-_criacao_conselho_pessoa_deficiente.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_no_01-2025_-_criacao_conselho_pessoa_deficiente.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, REGULAMENTA A POLÍTICA DE ATENDIMENTO À PESSOA COM DEFICIÊNCIA E CRIA O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA - FMDPD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_no_02-2025_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_no_02-2025_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária da tabela de vencimentos dos Servidores Públicos Municipais com base no índice do INPC e dá outras providências.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_no_03-2025_-_institui_feriado_municipal_dia_de_santo_inacio_de_loyola.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_no_03-2025_-_institui_feriado_municipal_dia_de_santo_inacio_de_loyola.pdf</t>
   </si>
   <si>
     <t>Institui como feriado municipal o dia de Santo Inácio de Loyola no município de Fênix/PR e dá outras providencias.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_no_04-2025_-__recomposicao_salarial_da_tabela_de_vencimentos__professores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_no_04-2025_-__recomposicao_salarial_da_tabela_de_vencimentos__professores.pdf</t>
   </si>
   <si>
     <t>Reajusta a tabela de vencimentos do Plano de Cargos, Carreira e Remuneração do Magistério – PCCRM – FENIX, e dá outras providências.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_05-2025_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_05-2025_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a garantia dos direitos das crianças e dos adolescentes, institui o Conselho Tutelar, revoga a Lei 38/2007 e alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_no_06-2025_-_diarias_motorista.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_no_06-2025_-_diarias_motorista.pdf</t>
   </si>
   <si>
     <t>Altera e da nova redação ao artigo 1º e parágrafo 4º da Lei Municipal n. 08/2006 e cria os parágrafos 5º e 6º, e dá outras providencias.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_07_-2025_-_ldo_2026_-_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_07_-2025_-_ldo_2026_-_completo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_no_08_-2025_-_transposicao_auxiliar_para_tecnica_de_enfermagem.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_no_08_-2025_-_transposicao_auxiliar_para_tecnica_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a transformar o Cargo de Auxiliar de Enfermagem em extinção em cargos de Técnico em Enfermagem e dá outras providências”.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no_09_-2025_-_sistema_de_monitoramento_-_iluminacao_publica.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no_09_-2025_-_sistema_de_monitoramento_-_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>“DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI MUNICIPAL Nº 11/2002 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_no_10_-2025_-_prorroga_a_vigencia_do_plano_municipal_de_educacao_pme_aprovado_pela_lei_municipal_no_12_de_22_de_junho_de_2015.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_no_10_-2025_-_prorroga_a_vigencia_do_plano_municipal_de_educacao_pme_aprovado_pela_lei_municipal_no_12_de_22_de_junho_de_2015.pdf</t>
   </si>
   <si>
     <t>PRORROGA A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO (PME), APROVADO PELA LEI MUNICIPAL Nº 12, DE 22 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_11_-_2025_-_altera_a_estrutura_administrativa_cc_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_11_-_2025_-_altera_a_estrutura_administrativa_cc_fenix.pdf</t>
   </si>
   <si>
     <t>Incluso Projeto de Lei, que altera a Lei  n° 36, de 27 de dezembro de 2024, que dispõe sobre Estrutura Organizacional e Administrativa do Município de Fênix,</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_no_12_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_maquinas_-_programa_estradas_rurais.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_no_12_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_maquinas_-_programa_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2025, na LOA 2025 e da outras providencias.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_no_13_-_2025_-__doacao_terreno_destacamento_da_policia_militar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_no_13_-_2025_-__doacao_terreno_destacamento_da_policia_militar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a receber em doação o_x000D_
 terreno urbano de 800,00m² local do Destacamento de_x000D_
 Polícia Militar e da outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_14_-_2025_-__agepar_-_projeto_de_lei_que_cria_conselho.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_14_-_2025_-__agepar_-_projeto_de_lei_que_cria_conselho.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO E AMBIENTAL - CMSBA DO MUNICÍPIO FÊNIX</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_no_15_-_2025_-__agepar_-_projeto_de_lei_que_institui_o_fundo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_no_15_-_2025_-__agepar_-_projeto_de_lei_que_institui_o_fundo.pdf</t>
   </si>
   <si>
     <t>Autoriza a constituição de Fundo Municipal de Saneamento Básico e Ambiental do Município de Fênix/PR e dá outras providências</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pr8e771.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pr8e771.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS E TABELA À LEI MUNICIPAL Nº 21, DE 17 DE OUTUBRO DE 2005 – CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE FÊNIX, NO TOCANTE A TAXA DE COLETA DE LIXO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/760/projeto_de_lei_no_17_-_2025_-_ppa_2026-2029.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/760/projeto_de_lei_no_17_-_2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE FENIX, PARA O QUADRIENIO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_lei_no_18-2025_-_loa_2026_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_lei_no_18-2025_-_loa_2026_completo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2026.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/734/projeto_de_lei_no_19_-_2025_-_compra_antigo_lixao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/734/projeto_de_lei_no_19_-_2025_-_compra_antigo_lixao.pdf</t>
   </si>
   <si>
     <t>Súmula. “Autoriza o Poder Executivo, em nome do Município de Fênix/PR, a adquirir a título oneroso parte do bem imóvel Matriculado sob nº 16.252 do Cartório de Registro de Imóvel de Engenheiro Beltrão – Estado do Paraná - e dá outras providências.”.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_no_20_-_2025_-_projeto_de_lei_que_modifica_o_artigo_5o_lei__municipal_16-2024_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_no_20_-_2025_-_projeto_de_lei_que_modifica_o_artigo_5o_lei__municipal_16-2024_1.pdf</t>
   </si>
   <si>
     <t>SÚMULA. DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 5º DA LEI 016/2024 QUE CRIOU O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER - CMDM.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/761/pr0a82_1_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/761/pr0a82_1_1.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei Municipal nº 51/2011 de 07 de dezembro de 2011 e o qual Dispõe sobre o programa de subsidio de horas maquinas em propriedades urbanas e rurais e Lei Complementar; prevê e Institui Programa de Limpeza de Fossas Sépticas, Negras ou Similares, para população do Município de Fênix, Paraná – programa fossa limpa e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_22_-_2020_-_abono_salarial_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_22_-_2020_-_abono_salarial_2025.pdf</t>
   </si>
   <si>
     <t>Institui Abono Natalino a ser concedido anualmente aos servidores do Poder Executivo municipal em parcela única no mês de dezembro, e dá outras providências.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_23_-_2025_-_credito_adicional_especial_-_reforma_telhado_da_escola_bela_vista_do_ivai_-_pr.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_23_-_2025_-_credito_adicional_especial_-_reforma_telhado_da_escola_bela_vista_do_ivai_-_pr.pdf</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_lei_no_24_-_2025_-_credito_adicional_especial_-_construcao_de_salas_escola_tancredo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_lei_no_24_-_2025_-_credito_adicional_especial_-_construcao_de_salas_escola_tancredo.pdf</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_lei_no_25_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_sobre_pedras_irregulares_r_4.101.92159.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_lei_no_25_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_sobre_pedras_irregulares_r_4.101.92159.pdf</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_de_lei_no_26_-_2025_-consorcio_intergestores_parana.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_de_lei_no_26_-_2025_-consorcio_intergestores_parana.pdf</t>
   </si>
   <si>
     <t>SÚMULA: RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O ESTADO DO PARANÁ E OS MUNICÍPIOS DO ESTADO DO PARANÁ SUBSCRITORES, COM A FINALIDADE DE FORMALIZAR A CONSTITUIÇÃO E ADEQUAÇÃO DO CONSÓRCIO INTERGESTORES PARANÁ SAÚDE - CIPS AOS TERMOS DO REGIME PREVISTO NA LEI FEDERAL Nº. 11.107/2005 E SUA REGULAMENTAÇÃO, VOLTADO AO DESENVOLVIMENTO DE AÇÕES NA ÁREA DA ASSISTÊNCIA FARMACÊUTICA NO ÂMBITO DO SISTEMA ÚNICO DE SAÚDE (SUS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_lei_no_27_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_de_estradas_rurais__r_12.300.00000.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_lei_no_27_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_de_estradas_rurais__r_12.300.00000.pdf</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/785/projeto_de_lei_no_28_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_utilitarios_-_camionetes.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/785/projeto_de_lei_no_28_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_utilitarios_-_camionetes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2025, na LOA 2025 e da outras providencias</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/786/projeto_de_lei_no_29_-_2025_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/786/projeto_de_lei_no_29_-_2025_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2025 e da outras providencias</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/787/projeto_de_lei_no_30_-2025_-_abre_credito_adicional_especial_-_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/787/projeto_de_lei_no_30_-2025_-_abre_credito_adicional_especial_-_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2023, na LOA 2025 e da outras providencias</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/575/2025-02-14_pll_n01-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/575/2025-02-14_pll_n01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionaria na Tabela dos Vencimentos dos Servidores Públicos Municipais do Poder Legislativo do Município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/647/2025.03.28_pl_consulta_popular_-_modelo_01.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/647/2025.03.28_pl_consulta_popular_-_modelo_01.pdf</t>
   </si>
   <si>
     <t>Regulamenta a forma de consulta prévia à população para alteração de denominação de próprios, como edifícios ou instalações, e logradouros públicos municipais, conforme disposto no inciso IV do art. 18 da Lei Orgânica do Município de Fênix.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>João Vitor, Lucas Baia</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/678/2025-06-02_projeto_de_lei_legislativo_03-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/678/2025-06-02_projeto_de_lei_legislativo_03-2025-.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a fornecer lanche aos pacientes do Sistema Único de Saúde (SUS) transportados para atendimento fora do município de Fênix/PR e dá outras providências.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/679/2025-06-02_projeto_de_lei_legislativo_04-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/679/2025-06-02_projeto_de_lei_legislativo_04-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do consumo de produtos fumígenos derivados do tabaco e dispositivos eletrônicos para fumar no interior de veículos oficiais da frota municipal de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/689/2025-06-23_projeto_de_lei_legislativo_05-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/689/2025-06-23_projeto_de_lei_legislativo_05-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de abandono de veículos em vias públicas no Município de Fênix -Pr e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>João do Banco, Joaquim Rodrigues, Robinho da Bela Vista</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/710/2025.08.25_pll_2025_emenda_a_19.25_diarias.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/710/2025.08.25_pll_2025_emenda_a_19.25_diarias.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 19, de 2022, que dispõe sobre a concessão de diárias a Vereadores e Servidores da Câmara Municipal de Fênix, e dá outras providências.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n07-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n07-2025.pdf</t>
   </si>
   <si>
     <t>Revoga o Art. 4º da Lei Municipal nº 10, de 1999, em face da promulgação da Lei Legislativa nº 02/2025, que estabelece procedimento democrático para alteração de nomes de logradouros públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/723/pll_08-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/723/pll_08-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal Filiar-se e a contribuir mensalmente com a Associação das Câmaras Municipais da Microrregião Doze - ACAMDOZE.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_lei__09-2025_-_auxilio_alimentacao-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_lei__09-2025_-_auxilio_alimentacao-.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 09, de 2015, que dispõe sobre o vale alimentação a ser concedido aos servidores públicos do legislativo municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/763/2025.12.01_pll_10_paco_municipal_prefeito_cicero_vieira_feitosa-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/763/2025.12.01_pll_10_paco_municipal_prefeito_cicero_vieira_feitosa-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Paço Municipal de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Joaquim Rodrigues, João do Banco, Robinho da Bela Vista</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/661/2025-04-05_projeto_de_resolucao_01-2025..pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/661/2025-04-05_projeto_de_resolucao_01-2025..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação, no âmbito da Câmara Municipal de Fênix, da Lei Federal nº 12.527, de 18 de novembro de 2011 (Lei de Acesso à Informação), nos termos do art. 45 da referida Lei.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/662/2025-04-25_projeto_de_resolucao_02-2025-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/662/2025-04-25_projeto_de_resolucao_02-2025-.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Política de Segurança da Informação no âmbito da Câmara Municipal de Fênix, Estado do Paraná, conforme a Lei Federal nº 13.709, de 14 de agosto de 2018 (Lei Geral de Proteção de Dados – LGPD) e dá outras providências.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/663/2025-05-05_projeto_de_resolucao_03-2025--.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/663/2025-05-05_projeto_de_resolucao_03-2025--.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, da Ouvidoria no âmbito da Câmara Municipal de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/714/resolucao_04-2024-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/714/resolucao_04-2024-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do prédio da Câmara Municipal de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_resolucao_legislativa_no5-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_resolucao_legislativa_no5-2025.pdf</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_01-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Prestação de informações.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_02-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Informações sobre Beneficiários do Programa Bolsa Família.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>RQA</t>
   </si>
   <si>
     <t>Requerimento Administrativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/666/2025-04-14_requerimento_administrativo_01-2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/666/2025-04-14_requerimento_administrativo_01-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de justificativa e restabelecimento da alimentação fornecida aos servidores do setor de máquinas.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>ERPL</t>
   </si>
   <si>
     <t>Emenda de Redação ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/687/2025.06.09_projeto_de_emenda_ao_ple_05.2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/687/2025.06.09_projeto_de_emenda_ao_ple_05.2025.pdf</t>
   </si>
   <si>
     <t>Altera o inciso III do artigo 49 e o §2º do artigo 54 do Projeto de Lei do Executivo 05/2025 que dispõe sobre as diretrizes para a garantia dos direitos das crianças e dos adolescentes, institui o Conselho Tutelar, revoga a Lei 38/2007 e alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>SBE</t>
   </si>
   <si>
     <t>Subemenda a Emenda ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/688/2025.06.16_subemenda_ao_pl_02.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/688/2025.06.16_subemenda_ao_pl_02.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivo ao Projeto de Emenda n°01/2025 do Projeto de Lei do Legislativo_x000D_
 n°02/2025, que regulamenta a forma de consulta prévia à população para alteração de_x000D_
 denominação de próprios e logradouros públicos municipais.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>RFPL</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>Comissão de Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/696/2025.07.07_pll_02.2025_redacao_final-.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/696/2025.07.07_pll_02.2025_redacao_final-.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no inciso IV do art. 18 da Lei Orgânica do Município de Fênix, dispondo sobre a forma de consulta prévia à população interessada nas hipóteses de alteração da denominação de próprios e logradouros públicos e dá outras providências.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/715/2025.09.01_redacao_final_pll_05.2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/715/2025.09.01_redacao_final_pll_05.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de abandono de veículos em vias públicas no Município de Fênix/PR e dá outras providências.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_no_05-2025_-_redacao_final.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_no_05-2025_-_redacao_final.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2671,68 +2671,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/668/2025-05-19_projeto_de_emenda_ao_pl_02-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/703/2025.08.18_emenda_ao_pll_05.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/770/32_-_joaquim_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/771/33_-_tiago_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/772/34_-_lucas_2025_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/773/35_-_emerson_2025_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/774/36_-_joao_vitor_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/775/37_-_marcos_roberto_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/776/38_-_celso_andrade_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/777/39_-joao_cezar_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/778/40_-_jose_roberto_2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_resolucao_legislativa_no5-2025_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/579/2025-02-10_indicacao_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/580/2025-02-10_indicacao_n02-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/581/2025-02-10_indicacao_n03-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/582/2025-02-11_indicacao_n04-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/583/2025-02-11_indicacao_n05-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/584/2025-02-11_indicacao_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/585/2025-02-11_indicacao_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/586/2025-02-11_indicacao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2025-02-11_indicacao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/588/2025-02-11_indicacao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/589/2025-02-11_indicacao_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/590/2025-02-11_indicacao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/595/2025-02-19_indicacao_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/596/2025-02-19_indicacao_n14-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/597/2025-02-21_indicacao_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/598/2025-02-21_indicacao_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/599/2025-02-21_indicacao_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/600/2025-02-21_indicacao_n18-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/601/2025-02-21_indicacao_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/602/2025-02-21_indicacao_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/603/2025-02-21_indicacao_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/604/2025-02-21_indicacao_n22-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/605/2025-02-21_indicacao_n23-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/606/2025-02-21_indicacao_n24-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/607/2025-02-21_indicacao_n25-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/608/2025-02-26_indicacao_n26-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/609/2025-02-26_indicacao_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/610/2025-02-26_indicacao_n28-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/611/2025-02-26_indicacao_n29-2025-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/612/2025-02-26_indicacao_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/613/2025-02-26_indicacao_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/614/2025-02-28_indicacao_n32-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/615/2025-03-07_indicacao_n33-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/616/2025-03-07_indicacao_n34-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/617/2025-03-07_indicacao_n35-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/618/2025-03-07_indicacao_n36-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/619/2025-03-07_indicacao_n37-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/620/2025-03-07_indicacao_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/621/2025-03-10_indicacao_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/622/2025-03-10_indicacao_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/623/2025-03-13_indicacao_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/624/2025-03-13_indicacao_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/625/2025-03-13_indicacao_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/627/2025-03-13_indicacao_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/628/2025-03-18_indicacao_n45-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/629/2025-03-18_indicacao_n46-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/630/2025-03-18_indicacao_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/631/2025-03-18_indicacao_n48-2025..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/632/2025-03-18_indicacao_n49-2025-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/637/2025-03-18_indicacao_n50-2025-.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/634/2025-03-18_indicacao_n51-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/635/2025-03-18_indicacao_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/636/2025-03-19_indicacao_n53-2025-.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/639/2025-03-24_indicacao_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/640/2025-03-24_indicacao_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/644/2025-03-28_indicacao_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/645/2025-03-28_indicacao_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/646/2025-03-28_indicacao_n58-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/648/2025-04-02_indicacao_n59-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/649/2025-04-02_indicacao_n60-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/650/2025-04-02_indicacao_n61-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/651/2025-04-02_indicacao_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/652/2025-04-02_indicacao_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/653/2025-04-04_indicacao_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/656/2025-04-09_indicacao_n65-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/657/2025-04-09_indicacao_n66-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/659/2025-04-22_indicacao_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/665/2025-05-09_indicacao_n68-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/673/2025-05-19_indicacao_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/672/2025-05-22_indicacao_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/674/2025-05-22_indicacao_n71-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/675/2025-05-22_indicacao_n72-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/676/2025-05-23_indicacao_n73-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/680/2025-06-02_indicacao_n74-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/681/2025-06-05_indicacao_n75-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/682/2025-06-05_indicacao_n76-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/683/2025-06-05_indicacao_n77-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/684/2025-06-12_indicacao_n78-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/685/2025-06-12_indicacao_n79-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/686/2025-06-12_indicacao_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/690/2025-06-23_indicacao_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/691/2025-06-23_indicacao_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/692/2025-06-23_indicacao_n83-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/693/2025-06-23_indicacao_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/694/2025-06-23_indicacao_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/695/2025-06-27_indicacao_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/698/2025-07-04_indicacao_n87-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/699/2025-07-04_indicacao_n88-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/700/2025-08-06_indicacao_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/701/2025-08-06_indicacao_n90-2025-.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/702/2025-08-12_indicacao_n91-2025-.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/704/2025-08-12_indicacao_n92-2025-.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/707/2025-08-20_indicacao_n93-2025-.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/708/2025-08-20_indicacao_n94-2025-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/709/2025-08-20_indicacao_n95-2025-.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/711/2025-08-28_indicacao_n96-2025-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/716/2025-09-01_indicacao_n97-2025-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/717/2025-09-01_indicacao_n98-2025-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/718/2025-09-11_indicacao_n99-2025-.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/719/2025-09-11_indicacao_n100-2025-.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/720/2025-09-11_indicacao_n101-2025-.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/722/2025-09-17_indicacao_n102-2025-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/728/2025-09-26_indicacao_n103-2025-.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/729/2025-09-26_indicacao_n104-2025-.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/730/2025-09-26_indicacao_n105-2025-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/731/2025-09-29_indicacao_n106-2025-.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/732/2025-09-29_indicacao_n107-2025-.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/735/2025-10-08_indicacao_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/736/2025-10-08_indicacao_n109-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/737/2025-10-08_indicacao_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/738/2025-10-08_indicacao_n111-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/740/2025-10-14_indicacao_n112-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/741/2025-10-14_indicacao_n113-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/742/2025-10-14_indicacao_n114-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/743/2025-10-14_indicacao_n115-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/744/2025-10-14_indicacao_n116-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/745/2025-10-14_indicacao_n117-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/746/2025-10-14_indicacao_n118-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/747/2025-10-20_indicacao_n119-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/751/2025-10-29_indicacao_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/752/2025-10-29_indicacao_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/753/2025-10-29_indicacao_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/755/2025-11-03_indicacao_n123-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/756/2025-11-12_indicacao_n124-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/757/2025-11-17_indicacao_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_126-joao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/766/2025-12-11_indicacao_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/767/2025-12-11_indicacao_n128-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/768/2025-12-11_indicacao_n129-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/733/processo_208396-24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/748/2025.11.03_pdl_01_cidadao_eldor_jorge_klein.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/749/2025.11.03_pdl_02_cidadao_padre_rodrigo_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/750/2025.11.03_pdl_03_cidadao_sbtenente_valdecir_guerreiro_escobar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/769/projeto_de_decreto_legislativo_no_4-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/739/proposta_de_emenda_a_lei_organica_01-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_no_01-2025_-_criacao_conselho_pessoa_deficiente.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_no_02-2025_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_no_03-2025_-_institui_feriado_municipal_dia_de_santo_inacio_de_loyola.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_no_04-2025_-__recomposicao_salarial_da_tabela_de_vencimentos__professores.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_05-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_no_06-2025_-_diarias_motorista.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_07_-2025_-_ldo_2026_-_completo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_no_08_-2025_-_transposicao_auxiliar_para_tecnica_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no_09_-2025_-_sistema_de_monitoramento_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_no_10_-2025_-_prorroga_a_vigencia_do_plano_municipal_de_educacao_pme_aprovado_pela_lei_municipal_no_12_de_22_de_junho_de_2015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_11_-_2025_-_altera_a_estrutura_administrativa_cc_fenix.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_no_12_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_maquinas_-_programa_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_no_13_-_2025_-__doacao_terreno_destacamento_da_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_14_-_2025_-__agepar_-_projeto_de_lei_que_cria_conselho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_no_15_-_2025_-__agepar_-_projeto_de_lei_que_institui_o_fundo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pr8e771.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/760/projeto_de_lei_no_17_-_2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_lei_no_18-2025_-_loa_2026_completo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/734/projeto_de_lei_no_19_-_2025_-_compra_antigo_lixao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_no_20_-_2025_-_projeto_de_lei_que_modifica_o_artigo_5o_lei__municipal_16-2024_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/761/pr0a82_1_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_22_-_2020_-_abono_salarial_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_23_-_2025_-_credito_adicional_especial_-_reforma_telhado_da_escola_bela_vista_do_ivai_-_pr.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_lei_no_24_-_2025_-_credito_adicional_especial_-_construcao_de_salas_escola_tancredo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_lei_no_25_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_sobre_pedras_irregulares_r_4.101.92159.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_de_lei_no_26_-_2025_-consorcio_intergestores_parana.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_lei_no_27_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_de_estradas_rurais__r_12.300.00000.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/785/projeto_de_lei_no_28_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_utilitarios_-_camionetes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/786/projeto_de_lei_no_29_-_2025_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/787/projeto_de_lei_no_30_-2025_-_abre_credito_adicional_especial_-_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/575/2025-02-14_pll_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/647/2025.03.28_pl_consulta_popular_-_modelo_01.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/678/2025-06-02_projeto_de_lei_legislativo_03-2025-.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/679/2025-06-02_projeto_de_lei_legislativo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/689/2025-06-23_projeto_de_lei_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/710/2025.08.25_pll_2025_emenda_a_19.25_diarias.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/723/pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_lei__09-2025_-_auxilio_alimentacao-.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/763/2025.12.01_pll_10_paco_municipal_prefeito_cicero_vieira_feitosa-.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/661/2025-04-05_projeto_de_resolucao_01-2025..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/662/2025-04-25_projeto_de_resolucao_02-2025-.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/663/2025-05-05_projeto_de_resolucao_03-2025--.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/714/resolucao_04-2024-.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_resolucao_legislativa_no5-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/666/2025-04-14_requerimento_administrativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/687/2025.06.09_projeto_de_emenda_ao_ple_05.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/688/2025.06.16_subemenda_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/696/2025.07.07_pll_02.2025_redacao_final-.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/715/2025.09.01_redacao_final_pll_05.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_no_05-2025_-_redacao_final.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/668/2025-05-19_projeto_de_emenda_ao_pl_02-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/703/2025.08.18_emenda_ao_pll_05.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/770/32_-_joaquim_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/771/33_-_tiago_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/772/34_-_lucas_2025_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/773/35_-_emerson_2025_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/774/36_-_joao_vitor_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/775/37_-_marcos_roberto_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/776/38_-_celso_andrade_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/777/39_-joao_cezar_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/778/40_-_jose_roberto_2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_resolucao_legislativa_no5-2025_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/579/2025-02-10_indicacao_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/580/2025-02-10_indicacao_n02-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/581/2025-02-10_indicacao_n03-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/582/2025-02-11_indicacao_n04-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/583/2025-02-11_indicacao_n05-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/584/2025-02-11_indicacao_n06-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/585/2025-02-11_indicacao_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/586/2025-02-11_indicacao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/587/2025-02-11_indicacao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/588/2025-02-11_indicacao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/589/2025-02-11_indicacao_n11-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/590/2025-02-11_indicacao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/595/2025-02-19_indicacao_n13-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/596/2025-02-19_indicacao_n14-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/597/2025-02-21_indicacao_n15-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/598/2025-02-21_indicacao_n16-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/599/2025-02-21_indicacao_n17-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/600/2025-02-21_indicacao_n18-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/601/2025-02-21_indicacao_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/602/2025-02-21_indicacao_n20-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/603/2025-02-21_indicacao_n21-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/604/2025-02-21_indicacao_n22-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/605/2025-02-21_indicacao_n23-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/606/2025-02-21_indicacao_n24-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/607/2025-02-21_indicacao_n25-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/608/2025-02-26_indicacao_n26-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/609/2025-02-26_indicacao_n27-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/610/2025-02-26_indicacao_n28-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/611/2025-02-26_indicacao_n29-2025-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/612/2025-02-26_indicacao_n30-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/613/2025-02-26_indicacao_n31-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/614/2025-02-28_indicacao_n32-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/615/2025-03-07_indicacao_n33-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/616/2025-03-07_indicacao_n34-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/617/2025-03-07_indicacao_n35-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/618/2025-03-07_indicacao_n36-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/619/2025-03-07_indicacao_n37-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/620/2025-03-07_indicacao_n38-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/621/2025-03-10_indicacao_n39-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/622/2025-03-10_indicacao_n40-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/623/2025-03-13_indicacao_n41-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/624/2025-03-13_indicacao_n42-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/625/2025-03-13_indicacao_n43-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/627/2025-03-13_indicacao_n44-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/628/2025-03-18_indicacao_n45-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/629/2025-03-18_indicacao_n46-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/630/2025-03-18_indicacao_n47-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/631/2025-03-18_indicacao_n48-2025..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/632/2025-03-18_indicacao_n49-2025-.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/637/2025-03-18_indicacao_n50-2025-.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/634/2025-03-18_indicacao_n51-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/635/2025-03-18_indicacao_n52-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/636/2025-03-19_indicacao_n53-2025-.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/639/2025-03-24_indicacao_n54-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/640/2025-03-24_indicacao_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/644/2025-03-28_indicacao_n56-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/645/2025-03-28_indicacao_n57-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/646/2025-03-28_indicacao_n58-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/648/2025-04-02_indicacao_n59-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/649/2025-04-02_indicacao_n60-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/650/2025-04-02_indicacao_n61-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/651/2025-04-02_indicacao_n62-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/652/2025-04-02_indicacao_n63-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/653/2025-04-04_indicacao_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/656/2025-04-09_indicacao_n65-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/657/2025-04-09_indicacao_n66-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/659/2025-04-22_indicacao_n67-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/665/2025-05-09_indicacao_n68-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/673/2025-05-19_indicacao_n69-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/672/2025-05-22_indicacao_n70-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/674/2025-05-22_indicacao_n71-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/675/2025-05-22_indicacao_n72-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/676/2025-05-23_indicacao_n73-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/680/2025-06-02_indicacao_n74-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/681/2025-06-05_indicacao_n75-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/682/2025-06-05_indicacao_n76-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/683/2025-06-05_indicacao_n77-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/684/2025-06-12_indicacao_n78-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/685/2025-06-12_indicacao_n79-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/686/2025-06-12_indicacao_n80-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/690/2025-06-23_indicacao_n81-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/691/2025-06-23_indicacao_n82-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/692/2025-06-23_indicacao_n83-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/693/2025-06-23_indicacao_n84-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/694/2025-06-23_indicacao_n85-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/695/2025-06-27_indicacao_n86-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/698/2025-07-04_indicacao_n87-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/699/2025-07-04_indicacao_n88-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/700/2025-08-06_indicacao_n89-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/701/2025-08-06_indicacao_n90-2025-.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/702/2025-08-12_indicacao_n91-2025-.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/704/2025-08-12_indicacao_n92-2025-.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/707/2025-08-20_indicacao_n93-2025-.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/708/2025-08-20_indicacao_n94-2025-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/709/2025-08-20_indicacao_n95-2025-.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/711/2025-08-28_indicacao_n96-2025-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/716/2025-09-01_indicacao_n97-2025-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/717/2025-09-01_indicacao_n98-2025-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/718/2025-09-11_indicacao_n99-2025-.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/719/2025-09-11_indicacao_n100-2025-.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/720/2025-09-11_indicacao_n101-2025-.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/722/2025-09-17_indicacao_n102-2025-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/728/2025-09-26_indicacao_n103-2025-.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/729/2025-09-26_indicacao_n104-2025-.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/730/2025-09-26_indicacao_n105-2025-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/731/2025-09-29_indicacao_n106-2025-.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/732/2025-09-29_indicacao_n107-2025-.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/735/2025-10-08_indicacao_n108-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/736/2025-10-08_indicacao_n109-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/737/2025-10-08_indicacao_n110-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/738/2025-10-08_indicacao_n111-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/740/2025-10-14_indicacao_n112-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/741/2025-10-14_indicacao_n113-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/742/2025-10-14_indicacao_n114-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/743/2025-10-14_indicacao_n115-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/744/2025-10-14_indicacao_n116-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/745/2025-10-14_indicacao_n117-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/746/2025-10-14_indicacao_n118-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/747/2025-10-20_indicacao_n119-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/751/2025-10-29_indicacao_n120-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/752/2025-10-29_indicacao_n121-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/753/2025-10-29_indicacao_n122-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/755/2025-11-03_indicacao_n123-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/756/2025-11-12_indicacao_n124-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/757/2025-11-17_indicacao_n125-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_126-joao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/766/2025-12-11_indicacao_n127-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/767/2025-12-11_indicacao_n128-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/768/2025-12-11_indicacao_n129-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/733/processo_208396-24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/748/2025.11.03_pdl_01_cidadao_eldor_jorge_klein.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/749/2025.11.03_pdl_02_cidadao_padre_rodrigo_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/750/2025.11.03_pdl_03_cidadao_sbtenente_valdecir_guerreiro_escobar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/769/projeto_de_decreto_legislativo_no_4-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/739/proposta_de_emenda_a_lei_organica_01-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_no_01-2025_-_criacao_conselho_pessoa_deficiente.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_no_02-2025_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_no_03-2025_-_institui_feriado_municipal_dia_de_santo_inacio_de_loyola.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_no_04-2025_-__recomposicao_salarial_da_tabela_de_vencimentos__professores.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_no_05-2025_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_no_06-2025_-_diarias_motorista.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_07_-2025_-_ldo_2026_-_completo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_no_08_-2025_-_transposicao_auxiliar_para_tecnica_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_no_09_-2025_-_sistema_de_monitoramento_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_no_10_-2025_-_prorroga_a_vigencia_do_plano_municipal_de_educacao_pme_aprovado_pela_lei_municipal_no_12_de_22_de_junho_de_2015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_11_-_2025_-_altera_a_estrutura_administrativa_cc_fenix.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/705/projeto_de_lei_no_12_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_maquinas_-_programa_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/706/projeto_de_lei_no_13_-_2025_-__doacao_terreno_destacamento_da_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_14_-_2025_-__agepar_-_projeto_de_lei_que_cria_conselho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_no_15_-_2025_-__agepar_-_projeto_de_lei_que_institui_o_fundo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/727/pr8e771.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/760/projeto_de_lei_no_17_-_2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/762/projeto_de_lei_no_18-2025_-_loa_2026_completo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/734/projeto_de_lei_no_19_-_2025_-_compra_antigo_lixao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/754/projeto_de_lei_no_20_-_2025_-_projeto_de_lei_que_modifica_o_artigo_5o_lei__municipal_16-2024_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/761/pr0a82_1_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_no_22_-_2020_-_abono_salarial_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_no_23_-_2025_-_credito_adicional_especial_-_reforma_telhado_da_escola_bela_vista_do_ivai_-_pr.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_lei_no_24_-_2025_-_credito_adicional_especial_-_construcao_de_salas_escola_tancredo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_lei_no_25_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_sobre_pedras_irregulares_r_4.101.92159.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_de_lei_no_26_-_2025_-consorcio_intergestores_parana.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/784/projeto_de_lei_no_27_-_2025_-_credito_adicional_especial_sam_-_programa_pavimentacao_de_estradas_rurais__r_12.300.00000.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/785/projeto_de_lei_no_28_-_2025_-_credito_adicional_especial_-_convenio_aquisicao_de_utilitarios_-_camionetes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/786/projeto_de_lei_no_29_-_2025_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/787/projeto_de_lei_no_30_-2025_-_abre_credito_adicional_especial_-_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/575/2025-02-14_pll_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/647/2025.03.28_pl_consulta_popular_-_modelo_01.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/678/2025-06-02_projeto_de_lei_legislativo_03-2025-.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/679/2025-06-02_projeto_de_lei_legislativo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/689/2025-06-23_projeto_de_lei_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/710/2025.08.25_pll_2025_emenda_a_19.25_diarias.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n07-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/723/pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_lei__09-2025_-_auxilio_alimentacao-.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/763/2025.12.01_pll_10_paco_municipal_prefeito_cicero_vieira_feitosa-.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/661/2025-04-05_projeto_de_resolucao_01-2025..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/662/2025-04-25_projeto_de_resolucao_02-2025-.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/663/2025-05-05_projeto_de_resolucao_03-2025--.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/714/resolucao_04-2024-.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_resolucao_legislativa_no5-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/666/2025-04-14_requerimento_administrativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/687/2025.06.09_projeto_de_emenda_ao_ple_05.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/688/2025.06.16_subemenda_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/696/2025.07.07_pll_02.2025_redacao_final-.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/715/2025.09.01_redacao_final_pll_05.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2025/697/projeto_de_lei_no_05-2025_-_redacao_final.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="122.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="211.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="210.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>