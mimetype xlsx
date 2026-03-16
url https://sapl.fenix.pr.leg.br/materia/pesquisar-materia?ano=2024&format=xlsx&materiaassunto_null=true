--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,1039 +54,1039 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/496/2024-01-12_decreto_legislativo_n01-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/496/2024-01-12_decreto_legislativo_n01-2024.pdf</t>
   </si>
   <si>
     <t>FICA ESTABELECIDA A PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA DE EXECUÇÃO MENSAL DE DESEMBOLSO PARA O EXERCÍCIO DE 2024 DA CÂMARA MUNICIPAL DE FÊNIX.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>EADPL</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Joaquim Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/525/emenda_pll_04-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/525/emenda_pll_04-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei Legislativo N°04-2024</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emendas Impositivas</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/557/2024-11-22_emenda_impositiva_no_23-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/557/2024-11-22_emenda_impositiva_no_23-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentarias.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/558/2024-11-22_emenda_impositiva_no_24-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/558/2024-11-22_emenda_impositiva_no_24-2024.pdf</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/559/2024-11-22_emenda_impositiva_no_25-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/559/2024-11-22_emenda_impositiva_no_25-2024.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/560/2024-11-22_emenda_impositiva_no_26-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/560/2024-11-22_emenda_impositiva_no_26-2024.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>GILSON PEABIRU</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/561/2024-11-22_emenda_impositiva_no_27-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/561/2024-11-22_emenda_impositiva_no_27-2024.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>COCO DA BARRACA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/562/2024-11-22_emenda_impositiva_no_28-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/562/2024-11-22_emenda_impositiva_no_28-2024.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/563/2024-11-22_emenda_impositiva_no_29-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/563/2024-11-22_emenda_impositiva_no_29-2024.pdf</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/564/2024-11-22_emenda_impositiva_no_30-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/564/2024-11-22_emenda_impositiva_no_30-2024.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/565/2024-11-22_emenda_impositiva_no_31-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/565/2024-11-22_emenda_impositiva_no_31-2024.pdf</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/490/indicacao_n01-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/490/indicacao_n01-2024.pdf</t>
   </si>
   <si>
     <t>Aumento salarial dos CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/491/indicacao_n02-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/491/indicacao_n02-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de BEBEDOURO e AR CONDICIONADO na Capela _x000D_
 Mortuária.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/492/indicacao_n03-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/492/indicacao_n03-2024.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a necessidade de Patrolamento e _x000D_
 Cascalhamento da Estrada que Liga o Município a Vila Rural Vale Verde Novos _x000D_
 Caminhos</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/495/indicacao_04-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/495/indicacao_04-2024.pdf</t>
   </si>
   <si>
     <t>Colocação de Contêiner no Bairro Cantinho do Céu.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/497/2024-03-01_indicacao_n05-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/497/2024-03-01_indicacao_n05-2024.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/498/2024-03-01_indicacao_n06-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/498/2024-03-01_indicacao_n06-2024.pdf</t>
   </si>
   <si>
     <t>VIGILANTE NA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/499/2024-03-08_indicacao_n07-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/499/2024-03-08_indicacao_n07-2024.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ROLO COMPACTADOR</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/500/2024-03-08_indicacao_n08-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/500/2024-03-08_indicacao_n08-2024.pdf</t>
   </si>
   <si>
     <t>REFORMA E REMODELAÇÃO DA QUADRA DE ESPORTES_x000D_
 MUNICIPAL</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/501/2024-03-08_indicacao_n09-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/501/2024-03-08_indicacao_n09-2024.pdf</t>
   </si>
   <si>
     <t>REFORMA DO ESTÁDIO MUNICIPAL JOSÉ DE SALES “PINGÃO”</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/502/2024-03-08_indicacao_n10-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/502/2024-03-08_indicacao_n10-2024.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PARQUINHO DE DIVERSÃO</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/503/2024-03-08_indicacao_n11-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/503/2024-03-08_indicacao_n11-2024.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DE RUA</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/506/2024-03-18_indicacao_n12-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/506/2024-03-18_indicacao_n12-2024.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÔNIBUS</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/507/2024-03-18_indicacao_n13-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/507/2024-03-18_indicacao_n13-2024.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UM PARQUE INFANTIL NO DISTRITO DE BELA VISTA DO IVAÍ</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/508/2024-03-18_indicacao_n14-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/508/2024-03-18_indicacao_n14-2024.pdf</t>
   </si>
   <si>
     <t>REFORMA NO CLUBE BELA VISTA DO IVAÍ</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/512/2024-04-01_indicacao_n15-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/512/2024-04-01_indicacao_n15-2024.pdf</t>
   </si>
   <si>
     <t>SUGERIR A ADMINISTRAÇÃO MUNICIPAL QUE PROCEDA A REFORMA E REVITALIZAÇÃO DA QUADRA MUNICIPAL</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/513/2024-04-01_indicacao_n16-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/513/2024-04-01_indicacao_n16-2024.pdf</t>
   </si>
   <si>
     <t>SUGERIR A ADMINISTRAÇÃO MUNICIPAL QUE PROCEDA A REFORMA E_x000D_
  REVITALIZAÇÃO DO ESTÁDIO MUNICIPAL “PINGÃO”.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/515/2024-04-08_indicacao_n17-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/515/2024-04-08_indicacao_n17-2024.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÔNIBUS PARA TRANSPORTE DE UNIVERSITÁRIOS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/516/2024-04-12_indicacao_n18-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/516/2024-04-12_indicacao_n18-2024.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BARRACÃO PARA APICULTORES.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/519/2024-05-06_indicacao_n19-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/519/2024-05-06_indicacao_n19-2024.pdf</t>
   </si>
   <si>
     <t>Muda nomenclatura e reenquadramento de auxiliar para técnico de enfermagem.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/530/vagas_para_farmacia.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/530/vagas_para_farmacia.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE VAGA PRIVATIVA PARA FARMÁCIAS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/531/abrigo_para_taxi.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/531/abrigo_para_taxi.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO PARA TAXISTAS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/532/rotatoria.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/532/rotatoria.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ROTATÓRIAS</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_n_23-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_n_23-2024.pdf</t>
   </si>
   <si>
     <t>Disponibilização de alimentação aos professores e demais funcionários do setor de educação.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/534/indicacao_n_24-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/534/indicacao_n_24-2024.pdf</t>
   </si>
   <si>
     <t>Busca de recursos para aquisição de equipamentos para associação de pequenos produtores.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/536/2024-06-28_indicacao_n25-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/536/2024-06-28_indicacao_n25-2024.pdf</t>
   </si>
   <si>
     <t>Lei Municipal concedendo diárias para Vice-Prefeito.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/537/2024-06-28_indicacao_n26-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/537/2024-06-28_indicacao_n26-2024.pdf</t>
   </si>
   <si>
     <t>Súmula: Solicitar a instalação de BRAÇO DE LUZ NA IGREJINHA DA SERRA.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/539/2024-07-08_indicacao_n27-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/539/2024-07-08_indicacao_n27-2024.pdf</t>
   </si>
   <si>
     <t>institui aumento de 10% e paridade de diárias para funcionários municipais.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/541/2024-08-15_indicacao_n28-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/541/2024-08-15_indicacao_n28-2024.pdf</t>
   </si>
   <si>
     <t>Solicitar a instalação de LOMBADA (quebra-molas) na Rua Siqueira Campos.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/542/2024-08-15_indicacao_n29-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/542/2024-08-15_indicacao_n29-2024.pdf</t>
   </si>
   <si>
     <t>Solicitar a instalação de 02 (duas) LOMBADAS (quebra-molas) na Rua Iapó</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/547/2024-10-04_indicacao_n30-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/547/2024-10-04_indicacao_n30-2024.pdf</t>
   </si>
   <si>
     <t>Aquisição de um Computador e Impressora para o Parque Estadual Vila Rica do Espírito Santo</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/549/2024-10-18_indicacao_n31-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/549/2024-10-18_indicacao_n31-2024.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE SEGURANÇA EM FRENTE AS CRECHES E ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/550/2024-11-01_indicacao_n-32-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/550/2024-11-01_indicacao_n-32-2024.pdf</t>
   </si>
   <si>
     <t>Solicitar instalação de LOMBADA (quebra-molas) nas Ruas TAMBURI e JOAQUIM TÁVORA</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/552/2024-11-11_indicacao_n33-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/552/2024-11-11_indicacao_n33-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de Iluminação na Praça da Rodoviária, em especial na Academia da Terceira Idade.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/553/2024-11-11_indicacao_n34-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/553/2024-11-11_indicacao_n34-2024.pdf</t>
   </si>
   <si>
     <t>Instalação de BEBEDOURO DE ÁGUA GELADA na pista _x000D_
 de caminhada que vai da entrada da cidade até o entreposto da COAMO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/554/2024-11-14_indicacao_n35-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/554/2024-11-14_indicacao_n35-2024.pdf</t>
   </si>
   <si>
     <t>Concessão de Vale Transporte aos Agentes Comunitários de Saúde e Agentes de Combate a Endemias.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/568/2024-11-29_indicacao_n36-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/568/2024-11-29_indicacao_n36-2024.pdf</t>
   </si>
   <si>
     <t>Construção de Campo de Areia no Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/569/2024-11-29_indicacao_n37-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/569/2024-11-29_indicacao_n37-2024.pdf</t>
   </si>
   <si>
     <t>Construção de HELIPONTO.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/570/2024-11-29_indicacao_n38-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/570/2024-11-29_indicacao_n38-2024.pdf</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/571/2024-11-29_indicacao_n39-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/571/2024-11-29_indicacao_n39-2024.pdf</t>
   </si>
   <si>
     <t>Construção Campo de Areia no Distrito de Bela Vista do lvaí.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/555/042946065_parecer_previo_-_72-23_-_s1c.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/555/042946065_parecer_previo_-_72-23_-_s1c.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Prefeito – Parecer Prévio pela regularidade.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_01-2024_-_alteracao_artigo_1_lei_13-2022_-_diretores_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_01-2024_-_alteracao_artigo_1_lei_13-2022_-_diretores_fenix.pdf</t>
   </si>
   <si>
     <t>SÚMULA – Altera a Lei Municipal n. 13/2022, criando 01 (um) cargo de Direção para o Centro Municipal de Educação Infantil São Vicente – Nível II, dando assim, nova redação ao artigo 1º e dá outras providencias.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/481/2024-01-31_plo_n002-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/481/2024-01-31_plo_n002-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 13/2022, corrigindo os valores referentes aos vencimentos estabelecidos na Lei Municipal 01/2024, em virtude de erro material, e dá outras providencias.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_no_03-2024_-_credito_adicional_especial_-_construcao_parque_do_lago_municipal.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_no_03-2024_-_credito_adicional_especial_-_construcao_parque_do_lago_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2024 e da outras providencias</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_no_04-2024_-_credito_adicional_especial_-_revitalizacao_da_entrada_da_cidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_no_04-2024_-_credito_adicional_especial_-_revitalizacao_da_entrada_da_cidade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2024 e da outras providencias - revitalização da entrada da cidade</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_no_05-2024_-_estrutura_prefeitura_fenix_cargos_em_comissao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_no_05-2024_-_estrutura_prefeitura_fenix_cargos_em_comissao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE FÊNIX, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_06-2024_-_credito_adicional_especial_-_plantadeira.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_06-2024_-_credito_adicional_especial_-_plantadeira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2023, na LOA 2023 e da outras providencias - Aquisição de Plantadeira</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_no_07-2024_-_credito_adicional_especial_-_ambulancia_federal.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_no_07-2024_-_credito_adicional_especial_-_ambulancia_federal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2022-2025, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2023, NA LOA 2023 E DA OUTRAS PROVIDENCIAS - AQUISIÇÃO DE AMBULÂNCIA RECURSO FEDERAL</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_no_08-2024_-_credito_adicional_especial_-_ambulancia_e_veiculo_estadual.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_no_08-2024_-_credito_adicional_especial_-_ambulancia_e_veiculo_estadual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2023, na LOA 2023 e da outras providencias - Aquisição de Ambulância e Veiculo com recursos da SESA - Resolução 1432/2023</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_no_09-2024_-_pccrm_-_fenix_-_2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_no_09-2024_-_pccrm_-_fenix_-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal de Fênix – Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_10-2024_-_credito_adicional_especial_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_10-2024_-_credito_adicional_especial_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX-PR, PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_no_11-2024_-_recomposicao_salarial_cargos_em_comissao_e_agentes_politicos_-_2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_no_11-2024_-_recomposicao_salarial_cargos_em_comissao_e_agentes_politicos_-_2024.pdf</t>
   </si>
   <si>
     <t>REAJUSTA DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS COM BASE NO ÍNDICE DO INPC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_no_12-2024_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_no_12-2024_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO INFLACIONÁRIA DA TABELA DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS COM BASE NO ÍNDICE DO INPC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/511/2024-03-14_plo_n13-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/511/2024-03-14_plo_n13-2024.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO SOBRE A ADEQUAÇÃO DO QUADRO DE ESTAGIÁRIOS, ALTERANDO O ARTIGO 1º DA LEI MUNICIPAL Nº 09/2021, RELATIVAMENTE A DISTRIBUIÇÃO DOS ESTAGIÁRIOS NA ESTRUTURA ADMINISTRATIVA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/510/2024-03-20_plo_n14-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/510/2024-03-20_plo_n14-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA MULHER – CMDM, FUNDO MUNICIPAL DOS DIREITOS DA MULHER E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_no_15_-2024_-_criacao_novo_estatuto_do_servidor.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_no_15_-2024_-_criacao_novo_estatuto_do_servidor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto do Regime Jurídico dos Servidores Públicos Municipais do Poder Executivo, suas autarquias e fundações públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_no_16_-2024_-_revogacao_a_lei_n08-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_no_16_-2024_-_revogacao_a_lei_n08-2024.pdf</t>
   </si>
   <si>
     <t>Revoga na sua totalidade a Lei nº 08 de 07 de fevereiro de 2024 e concede o efeito repristinatório à Lei nº 11 de 31 de março de 2010.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_no_17-2024_-_altera_numero_de_estagiarios.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_no_17-2024_-_altera_numero_de_estagiarios.pdf</t>
   </si>
   <si>
     <t>Da nova redação sobre a adequação do quadro de Estagiários, alterando o artigo 1º da Lei Municipal nº 09/2021, relativamente a distribuição dos estagiários na estrutura administrativa municipal e dá outras providências.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/526/projeto_de_lei_no_18-2024_-_ldo_2025_-_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/526/projeto_de_lei_no_18-2024_-_ldo_2025_-_completo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_19-2024_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_19-2024_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2023, na LOA 2023 e da outras providencias</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/528/projeto_de_lei_no_20-2024_-_credito_adicional_especial_-_construcao_capela_mortuaria_-_bela_vista.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/528/projeto_de_lei_no_20-2024_-_credito_adicional_especial_-_construcao_capela_mortuaria_-_bela_vista.pdf</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/529/projeto_de_lei_no_21-2024_-autoriza_repasse_de_valores_apae_-_emenda_25_mil_custeio.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/529/projeto_de_lei_no_21-2024_-autoriza_repasse_de_valores_apae_-_emenda_25_mil_custeio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar termo de colaboração com a Associação de Pais e Amigos dos Excepcionais - APAE de Fênix e da outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_no_22_-2024_-_criacao_do_cargo_para_o_posto_do_detran.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_no_22_-2024_-_criacao_do_cargo_para_o_posto_do_detran.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de CHEFE DE POSTO DE TRÂNSITO para atender as necessidades do posto de atendimento de trânsito instalado no Município de Fênix e dá outras providencias.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_no_23-2024_-_desapropriacao_-_lago.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_no_23-2024_-_desapropriacao_-_lago.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição através de desapropriação ou de forma amigável do correspondente a 3.483,94 m2 do Lote 304-Remanescente-b-1, face ao interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_no_24-2024_-_revogacao_lei_06.2021_-_consorcio_conectar_..pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_no_24-2024_-_revogacao_lei_06.2021_-_consorcio_conectar_..pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 06/2021 de 17 de março de 2021.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_no_25-2024_-_projeto_autista_-_fica.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_no_25-2024_-_projeto_autista_-_fica.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa FICA – Fênix Inclusão das Crianças Autistas no município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_no_26-2024_-_tombamento.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_no_26-2024_-_tombamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tombamento de Igreja construída em imóvel rural ao patrimônio histórico e cultural no município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_no_27-2024_-_plano_municipal_de_cultura_plamcult.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_no_27-2024_-_plano_municipal_de_cultura_plamcult.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura – PLAMCULT e adota outras providências.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_no_29-2024_-_altera_a_redacao_do__7o_do_artigo_152_da_lei_municipal_n._18-2024_e_da_outras_providencias_-_licenca.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_no_29-2024_-_altera_a_redacao_do__7o_do_artigo_152_da_lei_municipal_n._18-2024_e_da_outras_providencias_-_licenca.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 7º do Artigo 152 da Lei Municipal n. 18/2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_no_30-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_no_30-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2025.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/556/projeto_de_lei_no_31-2024_-_credito_adicional_especial_-_revitalizacao_da_praca_concordia_e_calcadas_rodoviaria.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/556/projeto_de_lei_no_31-2024_-_credito_adicional_especial_-_revitalizacao_da_praca_concordia_e_calcadas_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2024 e da outras providencias.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/566/projeto_de_lei_no_32-2024_-_credito_adicional_especial_-contrucao_de_barracao_industrial.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/566/projeto_de_lei_no_32-2024_-_credito_adicional_especial_-contrucao_de_barracao_industrial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2024 e da outras providencias._x000D_
 Construção de Barracão Industrial</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei_no_33-2024_-_credito_adicional_especial_-_rolo_compactador.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei_no_33-2024_-_credito_adicional_especial_-_rolo_compactador.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2024, na LOA 2024 e da outras providencias_x000D_
 Aquisição de Rolo Compactador</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_no_34-2024__-_cc_estrutura_prefeitura_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_no_34-2024__-_cc_estrutura_prefeitura_fenix.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE FÊNIX, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/493/2024-02-16_plo_01-2024_legislativo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/493/2024-02-16_plo_01-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DOS E SUBSÍDIOS DOS AGENTES POLÍTICOS, DO PODER LEGISLATIVO DO MUNICÍPIO DE FÊNIX.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/494/2024-02-16_plo_n02-2024_legislativo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/494/2024-02-16_plo_n02-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO INFLACIONARIA NA TABELA DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICÍPIO DE FÊNIX E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/509/2024-03-22_plo_n03-2024_legislativo_afro_descendentes.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/509/2024-03-22_plo_n03-2024_legislativo_afro_descendentes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RESERVA DE VAGAS_x000D_
 A AFRO-DESCENDENTES EM CONCURSOS_x000D_
 PÚBLICOS, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/520/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/520/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf</t>
   </si>
   <si>
     <t>Institui o dia do evangélico no Município de Fênix e dá outras providencias.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/522/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/522/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf</t>
   </si>
   <si>
     <t>Institui o dia do Católico no Município de Fênix e dá outras providencias.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/573/2024-12-09_projeto_de_resolucao_01-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/573/2024-12-09_projeto_de_resolucao_01-2024.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Anual. Exercício 2022. Por unanimidade a Comissão de Administração Tributária, Financeira e Orçamentária decide em manter o parecer prévio n. 72/2023 do Tribunal de Contas do Estado do Paraná, dando por regular as contas do senhor Altair Molina Serrano.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/521/2024-03-11_requerimento_n01-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/521/2024-03-11_requerimento_n01-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA OS MEMBROS DO ROTARY CLUBE DE FÊNIX</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/524/2024-05-24_requerimento_n02-2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/524/2024-05-24_requerimento_n02-2024.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei Legislativo N°04-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1393,68 +1393,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/496/2024-01-12_decreto_legislativo_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/525/emenda_pll_04-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/557/2024-11-22_emenda_impositiva_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/558/2024-11-22_emenda_impositiva_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/559/2024-11-22_emenda_impositiva_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/560/2024-11-22_emenda_impositiva_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/561/2024-11-22_emenda_impositiva_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/562/2024-11-22_emenda_impositiva_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/563/2024-11-22_emenda_impositiva_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/564/2024-11-22_emenda_impositiva_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/565/2024-11-22_emenda_impositiva_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/490/indicacao_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/491/indicacao_n02-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/492/indicacao_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/495/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/497/2024-03-01_indicacao_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/498/2024-03-01_indicacao_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/499/2024-03-08_indicacao_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/500/2024-03-08_indicacao_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/501/2024-03-08_indicacao_n09-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/502/2024-03-08_indicacao_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/503/2024-03-08_indicacao_n11-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/506/2024-03-18_indicacao_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/507/2024-03-18_indicacao_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/508/2024-03-18_indicacao_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/512/2024-04-01_indicacao_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/513/2024-04-01_indicacao_n16-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/515/2024-04-08_indicacao_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/516/2024-04-12_indicacao_n18-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/519/2024-05-06_indicacao_n19-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/530/vagas_para_farmacia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/531/abrigo_para_taxi.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/532/rotatoria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_n_23-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/534/indicacao_n_24-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/536/2024-06-28_indicacao_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/537/2024-06-28_indicacao_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/539/2024-07-08_indicacao_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/541/2024-08-15_indicacao_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/542/2024-08-15_indicacao_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/547/2024-10-04_indicacao_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/549/2024-10-18_indicacao_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/550/2024-11-01_indicacao_n-32-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/552/2024-11-11_indicacao_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/553/2024-11-11_indicacao_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/554/2024-11-14_indicacao_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/568/2024-11-29_indicacao_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/569/2024-11-29_indicacao_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/570/2024-11-29_indicacao_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/571/2024-11-29_indicacao_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/555/042946065_parecer_previo_-_72-23_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_01-2024_-_alteracao_artigo_1_lei_13-2022_-_diretores_fenix.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/481/2024-01-31_plo_n002-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_no_03-2024_-_credito_adicional_especial_-_construcao_parque_do_lago_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_no_04-2024_-_credito_adicional_especial_-_revitalizacao_da_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_no_05-2024_-_estrutura_prefeitura_fenix_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_06-2024_-_credito_adicional_especial_-_plantadeira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_no_07-2024_-_credito_adicional_especial_-_ambulancia_federal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_no_08-2024_-_credito_adicional_especial_-_ambulancia_e_veiculo_estadual.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_no_09-2024_-_pccrm_-_fenix_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_10-2024_-_credito_adicional_especial_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_no_11-2024_-_recomposicao_salarial_cargos_em_comissao_e_agentes_politicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_no_12-2024_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/511/2024-03-14_plo_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/510/2024-03-20_plo_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_no_15_-2024_-_criacao_novo_estatuto_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_no_16_-2024_-_revogacao_a_lei_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_no_17-2024_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/526/projeto_de_lei_no_18-2024_-_ldo_2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_19-2024_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/528/projeto_de_lei_no_20-2024_-_credito_adicional_especial_-_construcao_capela_mortuaria_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/529/projeto_de_lei_no_21-2024_-autoriza_repasse_de_valores_apae_-_emenda_25_mil_custeio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_no_22_-2024_-_criacao_do_cargo_para_o_posto_do_detran.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_no_23-2024_-_desapropriacao_-_lago.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_no_24-2024_-_revogacao_lei_06.2021_-_consorcio_conectar_..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_no_25-2024_-_projeto_autista_-_fica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_no_26-2024_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_no_27-2024_-_plano_municipal_de_cultura_plamcult.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_no_29-2024_-_altera_a_redacao_do__7o_do_artigo_152_da_lei_municipal_n._18-2024_e_da_outras_providencias_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_no_30-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/556/projeto_de_lei_no_31-2024_-_credito_adicional_especial_-_revitalizacao_da_praca_concordia_e_calcadas_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/566/projeto_de_lei_no_32-2024_-_credito_adicional_especial_-contrucao_de_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei_no_33-2024_-_credito_adicional_especial_-_rolo_compactador.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_no_34-2024__-_cc_estrutura_prefeitura_fenix.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/493/2024-02-16_plo_01-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/494/2024-02-16_plo_n02-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/509/2024-03-22_plo_n03-2024_legislativo_afro_descendentes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/520/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/522/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/573/2024-12-09_projeto_de_resolucao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/521/2024-03-11_requerimento_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/524/2024-05-24_requerimento_n02-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/496/2024-01-12_decreto_legislativo_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/525/emenda_pll_04-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/557/2024-11-22_emenda_impositiva_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/558/2024-11-22_emenda_impositiva_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/559/2024-11-22_emenda_impositiva_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/560/2024-11-22_emenda_impositiva_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/561/2024-11-22_emenda_impositiva_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/562/2024-11-22_emenda_impositiva_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/563/2024-11-22_emenda_impositiva_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/564/2024-11-22_emenda_impositiva_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/565/2024-11-22_emenda_impositiva_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/490/indicacao_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/491/indicacao_n02-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/492/indicacao_n03-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/495/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/497/2024-03-01_indicacao_n05-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/498/2024-03-01_indicacao_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/499/2024-03-08_indicacao_n07-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/500/2024-03-08_indicacao_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/501/2024-03-08_indicacao_n09-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/502/2024-03-08_indicacao_n10-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/503/2024-03-08_indicacao_n11-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/506/2024-03-18_indicacao_n12-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/507/2024-03-18_indicacao_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/508/2024-03-18_indicacao_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/512/2024-04-01_indicacao_n15-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/513/2024-04-01_indicacao_n16-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/515/2024-04-08_indicacao_n17-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/516/2024-04-12_indicacao_n18-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/519/2024-05-06_indicacao_n19-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/530/vagas_para_farmacia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/531/abrigo_para_taxi.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/532/rotatoria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/533/indicacao_n_23-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/534/indicacao_n_24-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/536/2024-06-28_indicacao_n25-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/537/2024-06-28_indicacao_n26-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/539/2024-07-08_indicacao_n27-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/541/2024-08-15_indicacao_n28-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/542/2024-08-15_indicacao_n29-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/547/2024-10-04_indicacao_n30-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/549/2024-10-18_indicacao_n31-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/550/2024-11-01_indicacao_n-32-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/552/2024-11-11_indicacao_n33-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/553/2024-11-11_indicacao_n34-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/554/2024-11-14_indicacao_n35-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/568/2024-11-29_indicacao_n36-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/569/2024-11-29_indicacao_n37-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/570/2024-11-29_indicacao_n38-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/571/2024-11-29_indicacao_n39-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/555/042946065_parecer_previo_-_72-23_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_01-2024_-_alteracao_artigo_1_lei_13-2022_-_diretores_fenix.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/481/2024-01-31_plo_n002-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_no_03-2024_-_credito_adicional_especial_-_construcao_parque_do_lago_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_no_04-2024_-_credito_adicional_especial_-_revitalizacao_da_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_no_05-2024_-_estrutura_prefeitura_fenix_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_06-2024_-_credito_adicional_especial_-_plantadeira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_lei_no_07-2024_-_credito_adicional_especial_-_ambulancia_federal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_lei_no_08-2024_-_credito_adicional_especial_-_ambulancia_e_veiculo_estadual.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_no_09-2024_-_pccrm_-_fenix_-_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_10-2024_-_credito_adicional_especial_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_no_11-2024_-_recomposicao_salarial_cargos_em_comissao_e_agentes_politicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_no_12-2024_-_recomposicao_salarial_da_tabela_de_vencimentos_cargos_efetivos_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/511/2024-03-14_plo_n13-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/510/2024-03-20_plo_n14-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_no_15_-2024_-_criacao_novo_estatuto_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_no_16_-2024_-_revogacao_a_lei_n08-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_no_17-2024_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/526/projeto_de_lei_no_18-2024_-_ldo_2025_-_completo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/527/projeto_de_lei_no_19-2024_-_credito_adicional_especial_-_veiculos_-_van_e_micro-onibus.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/528/projeto_de_lei_no_20-2024_-_credito_adicional_especial_-_construcao_capela_mortuaria_-_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/529/projeto_de_lei_no_21-2024_-autoriza_repasse_de_valores_apae_-_emenda_25_mil_custeio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_no_22_-2024_-_criacao_do_cargo_para_o_posto_do_detran.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_no_23-2024_-_desapropriacao_-_lago.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_no_24-2024_-_revogacao_lei_06.2021_-_consorcio_conectar_..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_no_25-2024_-_projeto_autista_-_fica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_no_26-2024_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_no_27-2024_-_plano_municipal_de_cultura_plamcult.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_no_29-2024_-_altera_a_redacao_do__7o_do_artigo_152_da_lei_municipal_n._18-2024_e_da_outras_providencias_-_licenca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_no_30-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/556/projeto_de_lei_no_31-2024_-_credito_adicional_especial_-_revitalizacao_da_praca_concordia_e_calcadas_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/566/projeto_de_lei_no_32-2024_-_credito_adicional_especial_-contrucao_de_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei_no_33-2024_-_credito_adicional_especial_-_rolo_compactador.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_no_34-2024__-_cc_estrutura_prefeitura_fenix.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/493/2024-02-16_plo_01-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/494/2024-02-16_plo_n02-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/509/2024-03-22_plo_n03-2024_legislativo_afro_descendentes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/520/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/522/2024-05-03_plo_n04-2024_legislativo_evangelicos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/573/2024-12-09_projeto_de_resolucao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/521/2024-03-11_requerimento_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2024/524/2024-05-24_requerimento_n02-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="194.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="193.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>