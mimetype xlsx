--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,1074 +54,1074 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emendas Impositivas</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/425/emenda_impositiva_no10.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/425/emenda_impositiva_no10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias – modificando a emenda nº 01/2022.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/426/emenda_impositiva_no11.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/426/emenda_impositiva_no11.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias – modificando a emenda nº 03/2022</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Joaquim Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/427/emenda_impositiva_no12.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/427/emenda_impositiva_no12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias – modificando a emenda nº 04/2022</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/428/emenda_impositiva_no13.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/428/emenda_impositiva_no13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias – modificando a emenda nº 06/2022.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/432/2023-08-07_emenda_impositiva_n14-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/432/2023-08-07_emenda_impositiva_n14-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentarias.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/433/2023-08-07_emenda_impositiva_n15-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/433/2023-08-07_emenda_impositiva_n15-2023.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>COCO DA BARRACA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/434/2023-08-07_emenda_impositiva_n16-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/434/2023-08-07_emenda_impositiva_n16-2023.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/435/2023-08-07_emenda_impositiva_n17-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/435/2023-08-07_emenda_impositiva_n17-2023.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/436/2023-08-07_emenda_impositiva_n18-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/436/2023-08-07_emenda_impositiva_n18-2023.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/437/2023-08-07_emenda_impositiva_n19-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/437/2023-08-07_emenda_impositiva_n19-2023.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/438/2023-08-07_emenda_impositiva_n20-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/438/2023-08-07_emenda_impositiva_n20-2023.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>GILSON PEABIRU</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/439/2023-08-07_emenda_impositiva_n21-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/439/2023-08-07_emenda_impositiva_n21-2023.pdf</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/441/2023-08-07_emenda_impositiva_n22-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/441/2023-08-07_emenda_impositiva_n22-2023.pdf</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>POLACO DA VILA, COCO DA BARRACA, EDINHO MALAQUIAS, GILSON PEABIRU, João do Banco, Joaquim Rodrigues, PELE ESTEFANI, Pingo, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_01.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_01.docx</t>
   </si>
   <si>
     <t>Confecção de redutor de velocidade e adequação de vias.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/404/23_-_indicacao_barracao_dos_feirantes1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/404/23_-_indicacao_barracao_dos_feirantes1.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BARRACÃO PARA FEIRA DO PRODUTOR.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/405/22_-_indicacao_capela_mortuaria1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/405/22_-_indicacao_capela_mortuaria1.pdf</t>
   </si>
   <si>
     <t>REFORMA DA CAPELA MORTUÁRIA</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/406/21_-_indicacao_remodelacao_das_praca2.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/406/21_-_indicacao_remodelacao_das_praca2.pdf</t>
   </si>
   <si>
     <t>SUGERE REMODELAÇÃO DE PRAÇAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/407/20_-_indicacao_-__auxilio_alimentacao2.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/407/20_-_indicacao_-__auxilio_alimentacao2.pdf</t>
   </si>
   <si>
     <t>Conceder auxílio alimentação aos funcionários Municipal.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_06_-_isencao_de_iptu_idoso.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_06_-_isencao_de_iptu_idoso.pdf</t>
   </si>
   <si>
     <t>ISENÇÃO DE IPTU PARA IDOSOS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/412/1_-_indicacao_06_-_isencao_de_iptu_idoso.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/412/1_-_indicacao_06_-_isencao_de_iptu_idoso.pdf</t>
   </si>
   <si>
     <t>isenção de IPTU para idosos.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/413/1_-_indicacao_07_-_capela_mortuariac.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/413/1_-_indicacao_07_-_capela_mortuariac.pdf</t>
   </si>
   <si>
     <t>Reforma da capela mortuária</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/414/1_-_indicacao_08_-_iluminacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/414/1_-_indicacao_08_-_iluminacao.pdf</t>
   </si>
   <si>
     <t>Substituição de iluminação e reaproveitamento da estrutura central.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/415/1_-_indicacao_09_-_remodelacao_pracas.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/415/1_-_indicacao_09_-_remodelacao_pracas.pdf</t>
   </si>
   <si>
     <t>Sugere remodelação de praças</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1_-_indicacao_10_-_barracao_produtor.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1_-_indicacao_10_-_barracao_produtor.pdf</t>
   </si>
   <si>
     <t>Construção de barracão para feira do produtor.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/417/1_-_indicacao_11_-parque_para_adolescente.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/417/1_-_indicacao_11_-parque_para_adolescente.pdf</t>
   </si>
   <si>
     <t>Indica Seja Remodelado A Praça Da Rodoviária E Instalado Ali Um Parquinho De Grande Porte Para As Crianças E Adolescentes.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/418/1_-_indicacao_12_-participacao_eventos_esportivos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/418/1_-_indicacao_12_-participacao_eventos_esportivos.pdf</t>
   </si>
   <si>
     <t>Indica Seja Consedido Aos Atletas De Fenix E Bela Vista Do Ivaí, Condição Para Participarem De Enventos Esportivos Regionais:</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/420/indicaca1_praca_antonio_gancedo.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/420/indicaca1_praca_antonio_gancedo.docx</t>
   </si>
   <si>
     <t>seja iluminada a Praça “ANTONIO GANCEDO” localizada na bifurcação das Ruas Pedro Livon com Rua Palmital, Rua Barão do Rio Branco e Rua Jaborandi.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/421/indicaca1_igrejinha_da_serra.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/421/indicaca1_igrejinha_da_serra.docx</t>
   </si>
   <si>
     <t>Indica seja remodelado e estruturado o entorno da Igrejinha da Serra.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao.docx</t>
   </si>
   <si>
     <t>indica seja servido LANCHE MATINAL aos funcionários do PÁTIO DE MAQUINAS.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/423/indicaca1_barracao_no_lixao.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/423/indicaca1_barracao_no_lixao.docx</t>
   </si>
   <si>
     <t>indica seja CONSTRUIDO BARRACÃO próximo ao lixão para depósito e acomodação dos coletores (catadores) de produtos recicláveis.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/424/indicaca1_identifacacao_das_ruas.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/424/indicaca1_identifacacao_das_ruas.docx</t>
   </si>
   <si>
     <t>INDICA SEJA ADESIVADO os nomes das respectivas ruas nos postes de energia.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_rua_tomazina.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_rua_tomazina.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a necessidade de _x000D_
 Patrolamento e Cascalhamento na Rua Tomazina.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/430/indicaca1_cemiterio.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/430/indicaca1_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicita MANUTENÇÃO E CALÇAMENTO no cemitério e seus entorno.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/431/indicaca1_entrada_da_cidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/431/indicaca1_entrada_da_cidade.pdf</t>
   </si>
   <si>
     <t>seja remodelado a entrada da cidade e o canteiro _x000D_
 central.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/440/indicaca1_patio_da_igreja.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/440/indicaca1_patio_da_igreja.pdf</t>
   </si>
   <si>
     <t>Indica seja recapeado, construído canteiro, iluminado e ornamentado o Pátio de estacionamento da Igreja Matriz.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_23-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_23-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a viabilidade de calçamento com Pedra Irregular da sede do Município até a Vila Rural Vale Verde Novos Caminhos, sugiro ainda a possibilidade de chegar até a Rampa Municipal no Rio Ivaí.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/447/2023-09-25_indicacao_24-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/447/2023-09-25_indicacao_24-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a viabilidade de calçamento com Pedra Irregular na Vila Rural de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/448/2023-09-25_indicacao_25-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/448/2023-09-25_indicacao_25-2023.pdf</t>
   </si>
   <si>
     <t>Sugerir a Administração Municipal que proceda a reforma e _x000D_
 revitalização do Estádio Municipal “Pingão”.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/449/2023-09-25_indicacao_26-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/449/2023-09-25_indicacao_26-2023.pdf</t>
   </si>
   <si>
     <t>Sugerir a Administração Municipal que proceda a reforma e _x000D_
 revitalização da Quadra Municipal.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/450/2023-09-25_indicacao_27-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/450/2023-09-25_indicacao_27-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a uma reforma Geral na _x000D_
 Escola Municipal do Campo ”Bela Vista do Ivaí”.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/451/2023-09-25_indicacao_28-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/451/2023-09-25_indicacao_28-2023.pdf</t>
   </si>
   <si>
     <t>HELIPONTO</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/452/2023-09-25_indicacao_29-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/452/2023-09-25_indicacao_29-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO PÚBLICO</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/453/2023-09-25_indicacao_30-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/453/2023-09-25_indicacao_30-2023.pdf</t>
   </si>
   <si>
     <t>Instituir o Dia Municipal de Enfrentamento e Conscientização _x000D_
 contra a Importunação Sexual no Município de Fênix, Estado do Paraná.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/454/2023-09-25_indicacao_31-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/454/2023-09-25_indicacao_31-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização de Rua.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_32-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_32-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PARQUE INFANTIL NO PARQUE ESTADUAL VILA RICA DO ESPIRITO SANTO</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/466/2023-11-16_indicacao_n_33-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/466/2023-11-16_indicacao_n_33-2023.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DAS OBRAS DO PARQUE DO LAGO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n34-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n34-2023.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de profissionais de saúde com especialidade no tratamento ABA para autistas.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n35-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n35-2023.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONSTRUIDA CAPELA MORTUÁRIA NO DISTRITO DE BELA VISTA, MUNICÍPIO DE FÊNIX</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPUDIO – A CÂMARA MUNICIPAL DE FÊNIX, ESTADO DO PARANÁ POR SEUS VEREADORES DA QUE AO SUBSCREVEM, MANIFESTA O SEU REPÚDIO EM RELAÇÃO À ARGUIÇÃO DE DESCUMPRIMENTO DE PRECEITO FUNDAMENTA (ADPF) N°442.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/479/2023-12-11_clr_projeto_de_lei_33-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/479/2023-12-11_clr_projeto_de_lei_33-2023.pdf</t>
   </si>
   <si>
     <t>Parecer Contrário da Comissão de Legislação e Redação ao Projeto de Lei Ordinária nº 33 de 2023, Ementa: AUTORIZA O PODER EXECUTIVO A RENOMEAR LOGRADOURO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Mesa Diretora - MED</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/394/00-_014209342_acordao_-_2431-22_-_stp.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/394/00-_014209342_acordao_-_2431-22_-_stp.pdf</t>
   </si>
   <si>
     <t>Recurso de Revista. Acórdão de Parecer Prévio nº 395/20-Primeira Câmara. Prestação de Contas do Prefeito Municipal. Exercício financeiro de 2017. Município de Fênix. Déficit no resultado orçamentário/financeiro de fontes não vinculadas a programas, convênios, operações de créditos e RPPS [índices de (-3,87%) do exercício e (-9,42%) do acumulado”]. Percentuais superiores ao admitido pela jurisprudência desta Corte._x000D_
 Inexistência de motivos excepcionais a justificar o desequilíbrio nas contas e de medidas para adequação. Pelo conhecimento e, no mérito, pelo_x000D_
 não provimento do Recurso de Revista interposto.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/396/01_-_012333052_acordao_-_2873-22_-_stp.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/396/01_-_012333052_acordao_-_2873-22_-_stp.pdf</t>
   </si>
   <si>
     <t>Recurso de revista contra Parecer Prévio pela irregularidade de contas de Prefeito – O exame do resultado orçamentário/financeiro deve observar o acumulado dos últimos exercícios, de modo a não permitir distorções e possibilitar o melhor panorama acerca da busca pelo equilíbrio das contas públicas, sem prejuízo de considerar eventualidades ocorridas no período de análise – Desprovimento.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/397/091226984_acordao_de_parecer_previo_-_254-22_-_s1c.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/397/091226984_acordao_de_parecer_previo_-_254-22_-_s1c.pdf</t>
   </si>
   <si>
     <t>Prestação de contas de Prefeito – Parecer Prévio pela regularidade.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_01-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_01-2023.pdf</t>
   </si>
   <si>
     <t>Cria Funções Gratificadas para Pregoeiro, Agente de Contratação, Equipe de Apoio e Fiscal de Contrato, e regulamenta as atribuições dos agentes públicos que atuam em processos regidos pela Lei Federal 14.133/2021 e da outras providencias.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_02-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_02-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2023, na LOA 2023 e da outras providencias</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_03-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_03-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2022, na LOA 2022 e da outras providencias.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_04-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_04-2023.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_05-2023_-_reajuste_salarial_-_2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_05-2023_-_reajuste_salarial_-_2023.pdf</t>
   </si>
   <si>
     <t>SÚMULA. Reajusta os vencimentos dos servidores públicos municipais com base no índice do INPC e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_06-2023_-_reajuste_salarial_-_professores-_2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_06-2023_-_reajuste_salarial_-_professores-_2023.pdf</t>
   </si>
   <si>
     <t>SÚMULA. Reajusta os vencimentos dos professores municipais efetivos com base no índice do INPC e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_07-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_07-2023.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso VIII do § 1º do art. 18 e altera a redação do caput do art. 18, ambos da Lei municipal nº 38/2007, que dispõe sobre a política municipal dos direitos da criança e do adolescente de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/389/2023-02-01_plo_08-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/389/2023-02-01_plo_08-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Fênix, e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_no_09-2023_-_reajuste_salarial_10_professores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_no_09-2023_-_reajuste_salarial_10_professores.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos professores municipais em 10% (dez) por cento a fim de atender o piso salarial dos professores e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_10-2023_-_operacao_de_credito_2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_10-2023_-_operacao_de_credito_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX-PR, PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_11-2023_-_abre_credito_adicional_especial_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_11-2023_-_abre_credito_adicional_especial_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2022, na LOA 2022 e da outras providencias</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_no_12-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de bens imóveis do patrimônio do Município e dá outras providências</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_no_13-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cessão de Uso do imóvel denominado Biblioteca Cidadã – José Gomes da Silva de propriedade do Município de Fênix - Estado do Paraná, em favor de SABER POLO EDUCACIONAL representada por IRENE APARECIDA VERICA ESTEFANI CARDOSO e dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_no_14-2023_-_ldo_2024_-_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_no_14-2023_-_ldo_2024_-_completo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lei_no_15-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__seduparanacidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lei_no_15-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__seduparanacidade.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_no_16-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__secid_-_secretaria_de_estado_das_cidades_-_iluminacao_led_xx.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_no_16-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__secid_-_secretaria_de_estado_das_cidades_-_iluminacao_led_xx.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_17-2023_-_altera_lei_n27-2012.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_17-2023_-_altera_lei_n27-2012.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 27/2012, em seu anexo II (demais vias do distrito), com relação às características geométricas para padronização das Ruas 1° de Maio, Rua Bananal, Rua Ceboleiro, Rua Siqueira Campos, Rua Rui Barbosa, Rua Paineira, Rua Cabriúva, Rua Sete De Setembro, Rua 15 De Novembro, Rua Ararúva, Rua Imbaúba, Rua Figueira, Avenida Central, Rua Cambará, Rua Cambará, Rua Coqueiral, Rua Caneleira e Rua Carlito Figueira Da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n18-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n18-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de bem imóvel do patrimônio do Município e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_19-2023_-_cria_funcao_gratificada_para_acessoria_juridica_na_camara_municipal_de_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_19-2023_-_cria_funcao_gratificada_para_acessoria_juridica_na_camara_municipal_de_fenix.pdf</t>
   </si>
   <si>
     <t>Autoriza a designação temporária de servidor municipal efetivo do poder Executivo ao poder Legislativo Municipal cria Função Gratificada e da outras providencias.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_20-2023_-_dispoe_sobre_o_plano_de_cargos_carreira_e_remuneracao_dos_servidores_publicos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_20-2023_-_dispoe_sobre_o_plano_de_cargos_carreira_e_remuneracao_dos_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Servidores Públicos da Administração Pública Direta do município de Fênix, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_21-2023_-_abre_credito_adicional_especial_-_anulacao_de_dotacao_de_emendas_parlamentares.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_21-2023_-_abre_credito_adicional_especial_-_anulacao_de_dotacao_de_emendas_parlamentares.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_no_22-2023_-_autoriza_repasse_do_complento_da_enfermagem_ao_profissionais.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_no_22-2023_-_autoriza_repasse_do_complento_da_enfermagem_ao_profissionais.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a realizar o repasse da assistência financeira complementar da união e do estado de que trata a Emenda Constitucional nº 127/2022, destinada ao cumprimento do piso salarial nacional de Enfermeiros, Técnicos e Auxiliares de Enfermagem e Parteiras no âmbito do Município de Fênix.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_no_23-2023_-autoriza_concessao_de_uso_asilo_-_emenda.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_no_23-2023_-autoriza_concessao_de_uso_asilo_-_emenda.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso de bens móveis para o Asilo São Vicente de Paulo do município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_no_24-2023_-_moradia_legal_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_no_24-2023_-_moradia_legal_fenix.pdf</t>
   </si>
   <si>
     <t>DÁ PUBLICIDADE AOS TERMOS DA REGULARIZAÇÃO FUNDIÁRIA QUE COM BASE NO PROVIMENTO CONJUNTO Nº 02/2020-GP/CGJ DO TRIBUNAL DE JUSTIÇA DO ESTADO DO PARANÁ, LEGITIMA, INSTRUMENTALIZA E AUTORIZA O PROCEDIMENTO DE TITULAÇÃO DOS LOTES INSERIDOS EM ÁREAS IRREGULARES DO MUNICÍPIO DE FÊNIX, NOS TERMOS DO “PROGRAMA MORADIA LEGAL” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_25-2022_-_loa_2024.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_25-2022_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2024.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_lei_no_26-2023-repasse_apae_recurso_cmdca.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_lei_no_26-2023-repasse_apae_recurso_cmdca.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_no_28-2023_-altera_nome_de_rua.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_no_28-2023_-altera_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renomear logradouro municipal e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_lei_n29-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_lei_n29-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo manter a Cessão de Uso do veículo – PAS/ONIBUS, ano de fabricação/modelo 2019/2020, Placa BDI – 7E68, com capacidade de transporte para 25 passageiros + 1 posto para cadeirante, mínima potência 152 CV – MARCOPOLO/VOLARE V8L ON, com Associação de Pais e Amigos dos Excepcionais de Fênix - APAE, para os fins que especifica.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_reajuste_anual_2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_reajuste_anual_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão Geral e Anual dos vencimentos dos Servidores Públicos Municipais e subsídios dos Agentes Políticos, do Poder Legislativo do Município de Fênix.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_lei_2-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_lei_2-2023.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I -Quadro de Pessoal, Tabela I - Grupo Ocupacional Administrativo - GOA da Resolução N°03/2009 - Dispõe sobre o plano de cargos, carreira e remuneração dos servidores da Câmara Municipal de Fênix.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_lei_3-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_lei_3-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei N°28/2013 - Dispõe sobre a tabela de vencimentos, especificações quantificações e valores dos cargos concursados e da função gratificada da Câmara Municipal de Fênix</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_lei_4-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_lei_4-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2° da Lei N°28/2023 - Dispõe sobre a tabela de vencimentos, especificações , quantificações e valores dos cargos concursados e da função gratificada da Câmara Municipal de Fênix</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>COCO DA BARRACA, João do Banco, Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_lei_5_2023_prefeito_e_vice.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_lei_5_2023_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal do _x000D_
 Prefeito e Vice-Prefeito do Município de Fênix, para o _x000D_
 quadriênio de 2025/2028.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_lei_6_2023_secretarios.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_lei_6_2023_secretarios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos _x000D_
 Secretários do Município de Fênix, para o quadriênio de _x000D_
 2025/2028.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_lei_7_2023_vereadores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_lei_7_2023_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal _x000D_
 dos Vereadores do Município de Fênix, para o _x000D_
 quadriênio de 2025/2028.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_lei_08-2023_-_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_lei_08-2023_-_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera art. 2º da Lei nº 09/2015, que _x000D_
 institui o vale alimentação.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/464/2023-10-30_plc_n01-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/464/2023-10-30_plc_n01-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE FÊNIX E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/399/03_-_resolucao_regularidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/399/03_-_resolucao_regularidade.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Prefeito. Exercício financeiro 2017 - regularidade.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/400/resolucao_regularidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/400/resolucao_regularidade.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas Anual. Exercício 2021. Por unanimidade a Comissão de Administração Tributária, Financeira e Orçamentária decide em manter o parecer prévio n. 254/22 do Tribunal de Contas do Estado do Paraná, dando por regular as contas do senhor Altair Molina Serrano.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/402/05_-_resolucao_regularidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/402/05_-_resolucao_regularidade.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Prefeito. Exercício financeiro 2019 - Regularidade.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_resolucao_-_4-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_resolucao_-_4-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 3° da Resolução N°05 de 30 de outubro de 2020 que Dispõe sobre o Regimento interno da Câmara Municipal de Fênix.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_n01-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_n01-2023.pdf</t>
   </si>
   <si>
     <t>FÉRIAS E DÉCIMO TERCEIRO</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_n02-2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_n02-2023.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE INFORMAÇÕES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1428,68 +1428,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/425/emenda_impositiva_no10.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/426/emenda_impositiva_no11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/427/emenda_impositiva_no12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/428/emenda_impositiva_no13.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/432/2023-08-07_emenda_impositiva_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/433/2023-08-07_emenda_impositiva_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/434/2023-08-07_emenda_impositiva_n16-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/435/2023-08-07_emenda_impositiva_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/436/2023-08-07_emenda_impositiva_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/437/2023-08-07_emenda_impositiva_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/438/2023-08-07_emenda_impositiva_n20-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/439/2023-08-07_emenda_impositiva_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/441/2023-08-07_emenda_impositiva_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_01.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/404/23_-_indicacao_barracao_dos_feirantes1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/405/22_-_indicacao_capela_mortuaria1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/406/21_-_indicacao_remodelacao_das_praca2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/407/20_-_indicacao_-__auxilio_alimentacao2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_06_-_isencao_de_iptu_idoso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/412/1_-_indicacao_06_-_isencao_de_iptu_idoso.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/413/1_-_indicacao_07_-_capela_mortuariac.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/414/1_-_indicacao_08_-_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/415/1_-_indicacao_09_-_remodelacao_pracas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1_-_indicacao_10_-_barracao_produtor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/417/1_-_indicacao_11_-parque_para_adolescente.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/418/1_-_indicacao_12_-participacao_eventos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/420/indicaca1_praca_antonio_gancedo.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/421/indicaca1_igrejinha_da_serra.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/423/indicaca1_barracao_no_lixao.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/424/indicaca1_identifacacao_das_ruas.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_rua_tomazina.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/430/indicaca1_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/431/indicaca1_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/440/indicaca1_patio_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_23-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/447/2023-09-25_indicacao_24-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/448/2023-09-25_indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/449/2023-09-25_indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/450/2023-09-25_indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/451/2023-09-25_indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/452/2023-09-25_indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/453/2023-09-25_indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/454/2023-09-25_indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/466/2023-11-16_indicacao_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/479/2023-12-11_clr_projeto_de_lei_33-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/394/00-_014209342_acordao_-_2431-22_-_stp.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/396/01_-_012333052_acordao_-_2873-22_-_stp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/397/091226984_acordao_de_parecer_previo_-_254-22_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_05-2023_-_reajuste_salarial_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_06-2023_-_reajuste_salarial_-_professores-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/389/2023-02-01_plo_08-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_no_09-2023_-_reajuste_salarial_10_professores.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_10-2023_-_operacao_de_credito_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_11-2023_-_abre_credito_adicional_especial_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_no_14-2023_-_ldo_2024_-_completo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lei_no_15-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__seduparanacidade.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_no_16-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__secid_-_secretaria_de_estado_das_cidades_-_iluminacao_led_xx.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_17-2023_-_altera_lei_n27-2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_19-2023_-_cria_funcao_gratificada_para_acessoria_juridica_na_camara_municipal_de_fenix.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_20-2023_-_dispoe_sobre_o_plano_de_cargos_carreira_e_remuneracao_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_21-2023_-_abre_credito_adicional_especial_-_anulacao_de_dotacao_de_emendas_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_no_22-2023_-_autoriza_repasse_do_complento_da_enfermagem_ao_profissionais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_no_23-2023_-autoriza_concessao_de_uso_asilo_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_no_24-2023_-_moradia_legal_fenix.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_25-2022_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_lei_no_26-2023-repasse_apae_recurso_cmdca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_no_28-2023_-altera_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_reajuste_anual_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_lei_2-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_lei_3-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_lei_4-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_lei_5_2023_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_lei_6_2023_secretarios.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_lei_7_2023_vereadores.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_lei_08-2023_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/464/2023-10-30_plc_n01-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/399/03_-_resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/400/resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/402/05_-_resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_resolucao_-_4-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_n01-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_n02-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/425/emenda_impositiva_no10.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/426/emenda_impositiva_no11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/427/emenda_impositiva_no12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/428/emenda_impositiva_no13.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/432/2023-08-07_emenda_impositiva_n14-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/433/2023-08-07_emenda_impositiva_n15-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/434/2023-08-07_emenda_impositiva_n16-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/435/2023-08-07_emenda_impositiva_n17-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/436/2023-08-07_emenda_impositiva_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/437/2023-08-07_emenda_impositiva_n19-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/438/2023-08-07_emenda_impositiva_n20-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/439/2023-08-07_emenda_impositiva_n21-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/441/2023-08-07_emenda_impositiva_n22-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_01.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/404/23_-_indicacao_barracao_dos_feirantes1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/405/22_-_indicacao_capela_mortuaria1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/406/21_-_indicacao_remodelacao_das_praca2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/407/20_-_indicacao_-__auxilio_alimentacao2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_06_-_isencao_de_iptu_idoso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/412/1_-_indicacao_06_-_isencao_de_iptu_idoso.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/413/1_-_indicacao_07_-_capela_mortuariac.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/414/1_-_indicacao_08_-_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/415/1_-_indicacao_09_-_remodelacao_pracas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/416/1_-_indicacao_10_-_barracao_produtor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/417/1_-_indicacao_11_-parque_para_adolescente.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/418/1_-_indicacao_12_-participacao_eventos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/420/indicaca1_praca_antonio_gancedo.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/421/indicaca1_igrejinha_da_serra.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/423/indicaca1_barracao_no_lixao.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/424/indicaca1_identifacacao_das_ruas.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_rua_tomazina.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/430/indicaca1_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/431/indicaca1_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/440/indicaca1_patio_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_23-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/447/2023-09-25_indicacao_24-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/448/2023-09-25_indicacao_25-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/449/2023-09-25_indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/450/2023-09-25_indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/451/2023-09-25_indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/452/2023-09-25_indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/453/2023-09-25_indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/454/2023-09-25_indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/466/2023-11-16_indicacao_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n34-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n35-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/479/2023-12-11_clr_projeto_de_lei_33-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/394/00-_014209342_acordao_-_2431-22_-_stp.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/396/01_-_012333052_acordao_-_2873-22_-_stp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/397/091226984_acordao_de_parecer_previo_-_254-22_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_05-2023_-_reajuste_salarial_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_06-2023_-_reajuste_salarial_-_professores-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/389/2023-02-01_plo_08-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_no_09-2023_-_reajuste_salarial_10_professores.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_10-2023_-_operacao_de_credito_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_11-2023_-_abre_credito_adicional_especial_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_no_14-2023_-_ldo_2024_-_completo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lei_no_15-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__seduparanacidade.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_no_16-2023_-_credito_adicional_especial_-_convenio_parana_5.0_-__secid_-_secretaria_de_estado_das_cidades_-_iluminacao_led_xx.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_17-2023_-_altera_lei_n27-2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n18-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/444/projeto_de_lei_no_19-2023_-_cria_funcao_gratificada_para_acessoria_juridica_na_camara_municipal_de_fenix.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_lei_no_20-2023_-_dispoe_sobre_o_plano_de_cargos_carreira_e_remuneracao_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_lei_no_21-2023_-_abre_credito_adicional_especial_-_anulacao_de_dotacao_de_emendas_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_no_22-2023_-_autoriza_repasse_do_complento_da_enfermagem_ao_profissionais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_no_23-2023_-autoriza_concessao_de_uso_asilo_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_no_24-2023_-_moradia_legal_fenix.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_no_25-2022_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_lei_no_26-2023-repasse_apae_recurso_cmdca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_no_28-2023_-altera_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_lei_n29-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_reajuste_anual_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_lei_2-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_lei_3-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_lei_4-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_lei_5_2023_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_lei_6_2023_secretarios.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_lei_7_2023_vereadores.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_lei_08-2023_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/464/2023-10-30_plc_n01-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/399/03_-_resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/400/resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/402/05_-_resolucao_regularidade.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_resolucao_-_4-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_n01-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_n02-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="128.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>