--- v0 (2026-01-28)
+++ v1 (2026-03-16)
@@ -54,777 +54,777 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emendas Impositivas</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/341/01_-_pele_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/341/01_-_pele_2022.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de novos códigos no Elenco de Ações, bem como novas rubricas orçamentárias.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/349/02_-_pingo_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/349/02_-_pingo_2022.doc</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/350/03_-_joao_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/350/03_-_joao_2022.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a convocação de servidor e dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Joaquim Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/351/04_-_joaquim_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/351/04_-_joaquim_2022.doc</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/352/05_-_toshiko_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/352/05_-_toshiko_2022.doc</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/353/06_-_polaco_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/353/06_-_polaco_2022.doc</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>COCO DA BARRACA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/354/07_-_coco_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/354/07_-_coco_2022.doc</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>GILSON PEABIRU</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/355/08_-gilson_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/355/08_-gilson_2022.doc</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/356/09_-edinho_2022.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/356/09_-edinho_2022.doc</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_-_asfalto.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_-_asfalto.docx</t>
   </si>
   <si>
     <t>necessidade de serviço de meio-fio pedras irregulares ou asfalto.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_07_-_reforma_quadra.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_07_-_reforma_quadra.pdf</t>
   </si>
   <si>
     <t>Reforma da Quadra de Esportes Canet Junior</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_08_-_reforma_pingao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_08_-_reforma_pingao.pdf</t>
   </si>
   <si>
     <t>A necessidade de uma reforma no Estádio Municipal Pingão.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao-vale_alimentacao_2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao-vale_alimentacao_2022.pdf</t>
   </si>
   <si>
     <t>Para a implantação do Vale alimentação no Poder Executivo.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_09_-_internet.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_09_-_internet.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de levar sinal de INTERNET no Parque Estadual Vila Rica do Espírito Santo.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/343/decreto_no_01_-2022_-_convocacao_servidor.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/343/decreto_no_01_-2022_-_convocacao_servidor.pdf</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/376/decreto_legislativo_no_02-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/376/decreto_legislativo_no_02-2022.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Prefeito. Exercício financeiro 2020. Em manter a decisão do TCE/PR.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>GILSON PEABIRU, João do Banco, POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/368/emenda_a_lei_organica_no__01-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/368/emenda_a_lei_organica_no__01-2022.pdf</t>
   </si>
   <si>
     <t>Modifica o inciso VII, do art. 125 Da Lei Orgânica.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/371/emenda_a_lei_organica_no__02-2022_-_pingo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/371/emenda_a_lei_organica_no__02-2022_-_pingo.pdf</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_no_002-2022_-_credito_adicional_especial_-_retro_escavadeira_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_no_002-2022_-_credito_adicional_especial_-_retro_escavadeira_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2022, na LOA 2022 e da outras providencias</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_001-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a utilização do lote 304-remanescente –B-3 (matrícula 22.760) como área institucional, referente a matrícula 22.758 (lote 304-remanescente –B-1) e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_03-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_03-2022.pdf</t>
   </si>
   <si>
     <t>SÚMULA - Dispõe sobre a revisão Geral e Anual dos vencimentos dos Servidores Públicos Municipais e subsídios dos Agentes Políticos, do Poder Executivo do Município de Fênix.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_04-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_04-2022.pdf</t>
   </si>
   <si>
     <t>SÚMULA - Dispõe sobre reajuste da tabela de vencimentos dos profissionais do magistério.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_reajuste_anual_2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_reajuste_anual_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão Geral e Anual dos vencimentos dos Servidores Públicos Municipais e subsídios dos Agentes Políticos, do Poder Legislativo do Município de Fênix.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/320/projeto_de_lei_no_005-2022_-_fipe.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/320/projeto_de_lei_no_005-2022_-_fipe.pdf</t>
   </si>
   <si>
     <t>Da nova redação ao artigo 7° da Lei nº 20/2010 que Cria o Programa de Incentivo à Profissionalização do Estudante – FIPE, e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/322/emenda_modificativa_pl_55-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/322/emenda_modificativa_pl_55-2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 5º.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/323/emenda_supressiva__pl_55-2021_-_toshiko.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/323/emenda_supressiva__pl_55-2021_-_toshiko.pdf</t>
   </si>
   <si>
     <t>Suprime-se do art. 2º, o §3º, alíneas: “a”, “b” e “c”.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_06-2023_-_ldo_2023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_06-2023_-_ldo_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_07-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_07-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025 bem como as metas prioritárias da LDO 2022, na LOA 2022 e da outras providencias</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_lei_08-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_lei_08-2022.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_09-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_09-2022.pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2022-2025, bem como as metas prioritárias da LDO 2022, na LOA 2022 e da outras providencias.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_no_11-2022_corrigido.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_no_11-2022_corrigido.pdf</t>
   </si>
   <si>
     <t>SÚMULA. Autoriza a realização de acordo judicial e parcelamento das dívidas das empresas Renuka Vale do Ivaí S/A em recuperação Judicial e Ivaicana Agropecuária Ltda – em recuperação judicial para com o Município e dá outras providencias.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_no_16-2022_corrigido.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_no_16-2022_corrigido.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR PROFESSOR EM CARÁTER TEMPORÁRIO E DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_no_12-2022_-_credito_adicional_especial_-_contra_partidas_iat.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_no_12-2022_-_credito_adicional_especial_-_contra_partidas_iat.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_no_15-2022_-_devolucao_convenio_889008-2019_trator_e_picador_de_galho.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_no_15-2022_-_devolucao_convenio_889008-2019_trator_e_picador_de_galho.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_no_14-2022_-_pedagogo_-_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_no_14-2022_-_pedagogo_-_fenix.pdf</t>
   </si>
   <si>
     <t>SÚMULA – DA NOVA REDAÇÃO AO ARTIGO 26 DA LEI COMPLEMENTAR 53/2007, CRIANDO GRATIFICAÇÃO AOS OCUPANTES DO CARGO EFETIVO DE PROFESSOR 20 (VINTE) HORAS, PARA O EXERCÍCIO DA FUNÇÃO DE PROFESSOR PEDAGOGO (COORDENADOR E ORIENTADOR), REGIDOS PELA LEI COMPLEMENTAR Nº 53/2007, MODIFICADA PELA LEI COMPLEMENTAR Nº 34/2010 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/357/reajuste_diaria.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/357/reajuste_diaria.pdf</t>
   </si>
   <si>
     <t>Fixa valores das diárias e autoriza concessão de passagens quando vereador e servidor se deslocar do Município em objeto de serviço.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_17_-__2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_17_-__2022.pdf</t>
   </si>
   <si>
     <t>Fixa o valor do piso salarial municipal de custeio referente aos Agentes Comunitários de Saúde (ACS) e de Agentes de Combate a Endemias (ACE), e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_no_18_-__2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_no_18_-__2022.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ARTIGO 1º. DA LEI MUNICIPAL Nº 13/2022 de 20 DE JULHO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_no_19-2022_-_credito_adicional_especial_-_idosos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_no_19-2022_-_credito_adicional_especial_-_idosos.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_no_20-2022_-_devolucao_afm_educacao_e_vvat.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_no_20-2022_-_devolucao_afm_educacao_e_vvat.pdf</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/369/1._projeto_de_lei_21-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/369/1._projeto_de_lei_21-2022.pdf</t>
   </si>
   <si>
     <t>Altera a finalidade de imóveis junto ao plano diretor e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_22-2022_-_credito_adicional_especial_-_obra_avenida_22_de_fevereiro.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_22-2022_-_credito_adicional_especial_-_obra_avenida_22_de_fevereiro.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/372/1._projeto_de_lei_no_23-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/372/1._projeto_de_lei_no_23-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 27/2012, em seu anexo II, com relação às características geométricas para padronização da Avenida 22 de fevereiro e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_24-2022_-_criacao_cemei_-_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_24-2022_-_criacao_cemei_-_fenix.pdf</t>
   </si>
   <si>
     <t>Cria o CMEI – Centro Municipal de Educação Infantil São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Comissão de Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/375/redacao_final_cmei.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/375/redacao_final_cmei.pdf</t>
   </si>
   <si>
     <t>redação Final ao Projeto de Lei 028/2022 - Cria o CMEI</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_no_25-2022_-_loa_2023_-_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_no_25-2022_-_loa_2023_-_completo.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2023.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_26_-__cria_o_conselho_municipal_de_cultura.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_26_-__cria_o_conselho_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre a criação do Conselho Municipal de Cultura – COMCULT e do Fundo Municipal de Cultura (FUMCULT) de Fênix, e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_27-2022_-_devolucao_fipar_deliberacao_01-2017.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_27-2022_-_devolucao_fipar_deliberacao_01-2017.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/381/reajuste_vale_alimentacao_11-_2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/381/reajuste_vale_alimentacao_11-_2022.pdf</t>
   </si>
   <si>
     <t>aplicação do índice  IPC-A o vale alimentação.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_no_13-2022_-_diretores_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_no_13-2022_-_diretores_fenix.pdf</t>
   </si>
   <si>
     <t>SÚMULA – Cria o Cargo de Diretor de Escola e Vice-Diretor de Escola e dá outras providencias.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/342/resolucaoregulamentacao_utilizacao_do_veiculo_oficial.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/342/resolucaoregulamentacao_utilizacao_do_veiculo_oficial.pdf</t>
   </si>
   <si>
     <t>Regulamenta a utilização dos veículos oficiais da Câmara Municipal de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_resolucao_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_resolucao_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento da Câmara Municipal de Fênix para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_03_secretario_de_esportes.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_03_secretario_de_esportes.pdf</t>
   </si>
   <si>
     <t>convocação de funcionário</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/318/requerimento_ferias_decimo_terceiro.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/318/requerimento_ferias_decimo_terceiro.pdf</t>
   </si>
   <si>
     <t>Férias e Décimo terceiro</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_01-2022.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_01-2022.docx</t>
   </si>
   <si>
     <t>Requer Explicação, conjunto habitacional Nova Felicidade.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS, GILSON PEABIRU, Joaquim Rodrigues, Pingo, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_02-2022_explicacao__jardim_vitoria.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_02-2022_explicacao__jardim_vitoria.docx</t>
   </si>
   <si>
     <t>Requer Explicação Sobre Doação De Terrenos “RESIDENCIAL VITÓRIA”</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_03-2022_convocacao_secretario_da_saude.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_03-2022_convocacao_secretario_da_saude.docx</t>
   </si>
   <si>
     <t>Convoca secretária da saúde para esclarecimentos.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_ferias_decimo_terceiro.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_ferias_decimo_terceiro.docx</t>
   </si>
   <si>
     <t>Férias e Décimo terceiro.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento_ferias_decimo_terceiro_coco.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento_ferias_decimo_terceiro_coco.docx</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_ferias_decimo_terceiro_edinho.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_ferias_decimo_terceiro_edinho.docx</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_ferias_decimo_terceiro_gilson.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_ferias_decimo_terceiro_gilson.docx</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_ferias_decimo_terceiro_joaquim.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_ferias_decimo_terceiro_joaquim.docx</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_ferias_decimo_terceiro_polaco.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_ferias_decimo_terceiro_polaco.docx</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_ferias_decimo_terceiro_toshiriko.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_ferias_decimo_terceiro_toshiriko.docx</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/335/requerimento_ferias_decimo_terceiro_pele.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/335/requerimento_ferias_decimo_terceiro_pele.docx</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_ferias_decimo_terceiro_ano_2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_ferias_decimo_terceiro_ano_2021.pdf</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Pingo, Joaquim Rodrigues, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_04-2022_informacao_alimentacao_plantonista_saude.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_04-2022_informacao_alimentacao_plantonista_saude.pdf</t>
   </si>
   <si>
     <t>Requer Informações Sobre Compras.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_03_-_laudo_de_fiscalizacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_03_-_laudo_de_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>Requer laudo fiscalizatório</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/325/veto_ao_projeto_de_lei_47-2022.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/325/veto_ao_projeto_de_lei_47-2022.pdf</t>
   </si>
   <si>
     <t>Venho à presença de Vossa Excelência e dos demais nobres Pares que integram essa C. Casa Lei, com fulcro nos artigos VI do artigo 67, da Lei Orgânica Municipal, VETAR, o Projeto de Lei de iniciativa do Poder Legislativo nº 47/2021, que estabelece: “Autoriza o Poder Executivo a fornecer gratuitamente absorvente íntimo higiênico às mulheres de baixa renda ou em vulnerabilidade social do Município de Fênix e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1131,68 +1131,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/341/01_-_pele_2022.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/349/02_-_pingo_2022.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/350/03_-_joao_2022.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/351/04_-_joaquim_2022.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/352/05_-_toshiko_2022.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/353/06_-_polaco_2022.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/354/07_-_coco_2022.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/355/08_-gilson_2022.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/356/09_-edinho_2022.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_-_asfalto.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_07_-_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_08_-_reforma_pingao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao-vale_alimentacao_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_09_-_internet.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/343/decreto_no_01_-2022_-_convocacao_servidor.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/376/decreto_legislativo_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/368/emenda_a_lei_organica_no__01-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/371/emenda_a_lei_organica_no__02-2022_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_no_002-2022_-_credito_adicional_especial_-_retro_escavadeira_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_03-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_04-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_reajuste_anual_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/320/projeto_de_lei_no_005-2022_-_fipe.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/322/emenda_modificativa_pl_55-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/323/emenda_supressiva__pl_55-2021_-_toshiko.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_06-2023_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_07-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_lei_08-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_09-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_no_11-2022_corrigido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_no_16-2022_corrigido.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_no_12-2022_-_credito_adicional_especial_-_contra_partidas_iat.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_no_15-2022_-_devolucao_convenio_889008-2019_trator_e_picador_de_galho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_no_14-2022_-_pedagogo_-_fenix.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/357/reajuste_diaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_17_-__2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_no_18_-__2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_no_19-2022_-_credito_adicional_especial_-_idosos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_no_20-2022_-_devolucao_afm_educacao_e_vvat.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/369/1._projeto_de_lei_21-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_22-2022_-_credito_adicional_especial_-_obra_avenida_22_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/372/1._projeto_de_lei_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_24-2022_-_criacao_cemei_-_fenix.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/375/redacao_final_cmei.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_no_25-2022_-_loa_2023_-_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_26_-__cria_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_27-2022_-_devolucao_fipar_deliberacao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/381/reajuste_vale_alimentacao_11-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_no_13-2022_-_diretores_fenix.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/342/resolucaoregulamentacao_utilizacao_do_veiculo_oficial.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_resolucao_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_03_secretario_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/318/requerimento_ferias_decimo_terceiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_01-2022.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_02-2022_explicacao__jardim_vitoria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_03-2022_convocacao_secretario_da_saude.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_ferias_decimo_terceiro.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento_ferias_decimo_terceiro_coco.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_ferias_decimo_terceiro_edinho.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_ferias_decimo_terceiro_gilson.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_ferias_decimo_terceiro_joaquim.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_ferias_decimo_terceiro_polaco.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_ferias_decimo_terceiro_toshiriko.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/335/requerimento_ferias_decimo_terceiro_pele.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_ferias_decimo_terceiro_ano_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_04-2022_informacao_alimentacao_plantonista_saude.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_03_-_laudo_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/325/veto_ao_projeto_de_lei_47-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/341/01_-_pele_2022.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/349/02_-_pingo_2022.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/350/03_-_joao_2022.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/351/04_-_joaquim_2022.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/352/05_-_toshiko_2022.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/353/06_-_polaco_2022.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/354/07_-_coco_2022.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/355/08_-gilson_2022.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/356/09_-edinho_2022.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_-_asfalto.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/361/indicacao_07_-_reforma_quadra.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/362/indicacao_08_-_reforma_pingao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/363/indicacao-vale_alimentacao_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/364/indicacao_09_-_internet.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/343/decreto_no_01_-2022_-_convocacao_servidor.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/376/decreto_legislativo_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/368/emenda_a_lei_organica_no__01-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/371/emenda_a_lei_organica_no__02-2022_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_no_002-2022_-_credito_adicional_especial_-_retro_escavadeira_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_03-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_04-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_reajuste_anual_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/320/projeto_de_lei_no_005-2022_-_fipe.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/322/emenda_modificativa_pl_55-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/323/emenda_supressiva__pl_55-2021_-_toshiko.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_06-2023_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_07-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_lei_08-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/338/projeto_de_lei_09-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_no_11-2022_corrigido.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_no_16-2022_corrigido.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_no_12-2022_-_credito_adicional_especial_-_contra_partidas_iat.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_no_15-2022_-_devolucao_convenio_889008-2019_trator_e_picador_de_galho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_no_14-2022_-_pedagogo_-_fenix.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/357/reajuste_diaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_17_-__2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_no_18_-__2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_no_19-2022_-_credito_adicional_especial_-_idosos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_no_20-2022_-_devolucao_afm_educacao_e_vvat.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/369/1._projeto_de_lei_21-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_no_22-2022_-_credito_adicional_especial_-_obra_avenida_22_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/372/1._projeto_de_lei_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_no_24-2022_-_criacao_cemei_-_fenix.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/375/redacao_final_cmei.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_no_25-2022_-_loa_2023_-_completo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/379/projeto_de_lei_no_26_-__cria_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_de_lei_no_27-2022_-_devolucao_fipar_deliberacao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/381/reajuste_vale_alimentacao_11-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_no_13-2022_-_diretores_fenix.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/342/resolucaoregulamentacao_utilizacao_do_veiculo_oficial.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/378/projeto_de_resolucao_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/317/requerimento_03_secretario_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/318/requerimento_ferias_decimo_terceiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_01-2022.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_02-2022_explicacao__jardim_vitoria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_03-2022_convocacao_secretario_da_saude.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_ferias_decimo_terceiro.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento_ferias_decimo_terceiro_coco.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_ferias_decimo_terceiro_edinho.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_ferias_decimo_terceiro_gilson.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_ferias_decimo_terceiro_joaquim.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_ferias_decimo_terceiro_polaco.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/334/requerimento_ferias_decimo_terceiro_toshiriko.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/335/requerimento_ferias_decimo_terceiro_pele.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_ferias_decimo_terceiro_ano_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_04-2022_informacao_alimentacao_plantonista_saude.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_03_-_laudo_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2022/325/veto_ao_projeto_de_lei_47-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="67.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>