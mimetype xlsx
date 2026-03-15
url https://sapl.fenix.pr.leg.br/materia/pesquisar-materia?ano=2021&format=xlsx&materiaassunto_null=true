--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -54,1309 +54,1309 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EADPL</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Comissão de Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/207/emenda_modificativa_pl_01-2021.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/207/emenda_modificativa_pl_01-2021.docx</t>
   </si>
   <si>
     <t>Modifica o índice do inciso I, do art. 1º.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/208/emenda_modificativa_pl_02-2021.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/208/emenda_modificativa_pl_02-2021.docx</t>
   </si>
   <si>
     <t>Modifica o índice do §§ 1º e 2º, do art. 1º.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/295/emenda_restritiva_ao_projeto_040-2021_-_banco_do_fomento.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/295/emenda_restritiva_ao_projeto_040-2021_-_banco_do_fomento.pdf</t>
   </si>
   <si>
     <t>Nova redação ao art. 1º, e retira o inciso II do art. 3º do projeto de lei nº 036/2021.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_01a.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_01a.pdf</t>
   </si>
   <si>
     <t>GUARDIRREIO NA PRAÇA COSTA E SILVA</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_02.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_02.docx</t>
   </si>
   <si>
     <t>PARQUINHOS DE DIVERÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_03.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_03.docx</t>
   </si>
   <si>
     <t>Correção e Equiparação Salarial</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_04.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_04.pdf</t>
   </si>
   <si>
     <t>Tráfego de Caminhões Carregado.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_05_-_pingo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_05_-_pingo.pdf</t>
   </si>
   <si>
     <t>Reforma no Estádio Municipal.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_06_-_pingo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_06_-_pingo.pdf</t>
   </si>
   <si>
     <t>Iluminação na rampa de acesso ao Rio Ivaí.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_07_-_pingo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_07_-_pingo.pdf</t>
   </si>
   <si>
     <t>Premiação os participantes do Rally fluvial.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_01_-_insalubridade.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_01_-_insalubridade.docx</t>
   </si>
   <si>
     <t>Possibilidade do Pagamento de adicional/gratificação de insalubridade e periculosidade aos servidores.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_09_-_quebra_molas.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_09_-_quebra_molas.docx</t>
   </si>
   <si>
     <t>Possibilidade da colocação de redutor de velocidade.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indica_10.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indica_10.pdf</t>
   </si>
   <si>
     <t>`Possibilidade de colocar redutor de velocidade</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indica_11.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indica_11.pdf</t>
   </si>
   <si>
     <t>Possibilidade de colocar redutor de Velocidade</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Joaquim Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_-_covid-19.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Grupo prioritário vacina covid-19</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_01_-_congelamento_eletricidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_01_-_congelamento_eletricidade.pdf</t>
   </si>
   <si>
     <t>Congelamento da Correção da tabela COCIP para exercício de 2022 e 2023.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>GILSON PEABIRU</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao-vale_alimentacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao-vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Para a implantação do Vale alimentação no Poder Executivo.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_02_-_neurologista_rf.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_02_-_neurologista_rf.pdf</t>
   </si>
   <si>
     <t>DR. Marcelo Taira - NEUROLOGISTA</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_03_-_pediatra_e_ginecologista.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_03_-_pediatra_e_ginecologista.pdf</t>
   </si>
   <si>
     <t>PEDIATRA e GINECOLOGISTA</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_-_iluminacao_publica.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_-_iluminacao_publica.docx</t>
   </si>
   <si>
     <t>Iluminação Pública na Rua Araruva.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_-_planos_e_cargos.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_-_planos_e_cargos.docx</t>
   </si>
   <si>
     <t>Aprimoramento e melhorias do Plano de Cargos e Carreiras dos Funcionários Públicos Municipais.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS, João do Banco, Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_04_-_camara_de_vigilancias.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_04_-_camara_de_vigilancias.docx</t>
   </si>
   <si>
     <t>CÂMERAS DE VIGILÂNCIA</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>COCO DA BARRACA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_01_-_recape.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_01_-_recape.docx</t>
   </si>
   <si>
     <t>RECAPE ASFALTICO DA RUA PALMITAL</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_02_-_reforma_capela_mortuaria.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_02_-_reforma_capela_mortuaria.docx</t>
   </si>
   <si>
     <t>Reforma e manutenção da Casa Mortuária do Distrito de Bela Vista do Ivaí.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>EDINHO MALAQUIAS, Pingo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_05_-_posto_de_saude_bela_vista.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_05_-_posto_de_saude_bela_vista.docx</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE ENFERMEIRA PARA O POSTO DE SAÚDE DA BELA VISTA.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_06_-_heliponto.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_06_-_heliponto.pdf</t>
   </si>
   <si>
     <t>HELIPONTO</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_01_-_cascalhamento_vila_rural.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_01_-_cascalhamento_vila_rural.pdf</t>
   </si>
   <si>
     <t>Da necessidade de Cascalhamento e Patrolamento na Ruas da Vila Rural Vale Verde Novos Caminhos.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_09_-_campo_bela_vista.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_09_-_campo_bela_vista.pdf</t>
   </si>
   <si>
     <t>Reforma Do Campo De Futebol De Bela Vista Do Ivai.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_26_-_praca_xaxim.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_26_-_praca_xaxim.pdf</t>
   </si>
   <si>
     <t>necessidade de revitalização da Praça Xaxim no Bairro Yamaguchi.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/276/indicacao_10_-_predio_conselho_tutelar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/276/indicacao_10_-_predio_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Transferência do Conselho Tutelar para o prédio da EMATER.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_11_-_doacao_de_imoveis.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_11_-_doacao_de_imoveis.docx</t>
   </si>
   <si>
     <t>Solicita Doação De Terreno Para Instalação De Empresa.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_12_-_repasse_asilo.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_12_-_repasse_asilo.docx</t>
   </si>
   <si>
     <t>Aumento De Repasse Ao Asilo São Vicente De Paula.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_13_-_pista_de_caminhada.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_13_-_pista_de_caminhada.docx</t>
   </si>
   <si>
     <t>Construção De Pista De Caminhada</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_14_-_parque_industrial.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_14_-_parque_industrial.docx</t>
   </si>
   <si>
     <t>Criar Parque Industrial</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_03_-_reforma_hospital.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_03_-_reforma_hospital.pdf</t>
   </si>
   <si>
     <t>Indica Ao Prefeito Municipal, Seja Reformado O Hospital E Substituído O Aparelhamento Dos Quartos (Camas).</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_04_-_reposicao_lampadas.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_04_-_reposicao_lampadas.docx</t>
   </si>
   <si>
     <t>Reposição De Lâmpadas.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_02_-_iluminacao.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_02_-_iluminacao.docx</t>
   </si>
   <si>
     <t>Iluminação Pública.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_15_-_insalubridade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_15_-_insalubridade.pdf</t>
   </si>
   <si>
     <t>Que seja pago aos funcionários público Municipal a INSALUBRIDADE.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_16_-_salario_enfermeiros.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_16_-_salario_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Seja pago o teto salarial da categoria às enfermeiras.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_17_-_eventos_regionais.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_17_-_eventos_regionais.pdf</t>
   </si>
   <si>
     <t>Indica Seja Concedido Aos Atletas De Fênix E Bela Vista Do Ivaí, Condição Para Participarem De Eventos Esportivos Regionais.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_18_-_festa_natalina.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_18_-_festa_natalina.pdf</t>
   </si>
   <si>
     <t>Indica Seja Promovido No Final Do Ano Festa Natalina Às Crianças E Adolescentes.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_01-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_01-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso aos Funcionários da Saúde.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/214/decreto_no_01-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/214/decreto_no_01-2021.pdf</t>
   </si>
   <si>
     <t>Altera o horário do início da sessão ordinária.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/223/decreto_no_02-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/223/decreto_no_02-2021.pdf</t>
   </si>
   <si>
     <t>Decreta medidas restritivas visando o enfretamento  decorrente da pandemia da covid-19, conforme decreto do Estado do Paraná nº 7.020 de 05 de março 2021.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/224/decreto_no_03-2021.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/224/decreto_no_03-2021.docx</t>
   </si>
   <si>
     <t>Revoga o Decreto nº 02 de 09 de março de 2021.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/274/decreto_no_07-2021_-_cidadao_honorario.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/274/decreto_no_07-2021_-_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário ao Promotor De Justiça Dr. José Pereira Pio de Abreu Neto e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/310/decreto_no_09-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/310/decreto_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Comissão Representativa da Câmara Municipal de Fênix, Estado do Paraná.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_no001-2021_-_diario_oficial.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_no001-2021_-_diario_oficial.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos Municípios do Paraná como veículo oficial de comunicação dos atos normativos e administrativos do Município de Fênix.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_reajuste_anual_redacao_final.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_reajuste_anual_redacao_final.docx</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos do Legislativo municipais com base no índice do IPCA e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no002-2021_-_reposicao_servidores_redacao_final.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no002-2021_-_reposicao_servidores_redacao_final.doc</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos municipais com base no índice do IPCA e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no003-2021-_credito_adicional_especial_-_asilo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no003-2021-_credito_adicional_especial_-_asilo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2021, na LOA 2021 e da outras providencias</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no004-2021_-_amp.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no004-2021_-_amp.pdf</t>
   </si>
   <si>
     <t>Ratifica os atos do Poder Executivo Municipal como associado da Associação dos Municípios do Paraná – AMP e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_01-2021.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_01-2021.docx</t>
   </si>
   <si>
     <t>institui no âmbito do quadro do funcionalismo publico Municipal de Fênix, a campanha do “FUNCIONÁRIO MUNICIPAL PADRÃO.”</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no005-2021_-_vacinas.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no005-2021_-_vacinas.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no006-2021_-_conselho_do_fundeb.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no006-2021_-_conselho_do_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – Conselho do FUNDEB, nos termos da Lei Federal nº 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no007-2021_-_altera_numero_de_estagiarios.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no007-2021_-_altera_numero_de_estagiarios.pdf</t>
   </si>
   <si>
     <t>Da nova redação sobre a adequação do quadro de Estagiários, alterando o artigo 5º da Lei Municipal nº 07/2013, relativamente a distribuição dos estagiários na estrutura administrativa municipal e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_08-2021_-_ldo_2022_radacao_final.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_08-2021_-_ldo_2022_radacao_final.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_009-2021_-_altera_numero_de_estagiarios.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_009-2021_-_altera_numero_de_estagiarios.pdf</t>
   </si>
   <si>
     <t>Da nova redação sobre a adequação do quadro de Estagiários, alterando o artigo 1º da Lei Municipal nº 08/2021, relativamente a distribuição dos estagiários na estrutura administrativa municipal e dá outras providências.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>TOSHIKO, COCO DA BARRACA, EDINHO MALAQUIAS, Joaquim Rodrigues, Pingo, POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/228/lei_de_politica_municipal_gestao_de_animal_-_redacao_final.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/228/lei_de_politica_municipal_gestao_de_animal_-_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Gestão Animal no Município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_011-2021_-_autoriza_-_cargos_-_professores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_011-2021_-_autoriza_-_cargos_-_professores.pdf</t>
   </si>
   <si>
     <t>Cria os cargos de PROFESSOR PARA AS ESPECIALIDADE DE EDUCAÇÃO FÍSICA E ARTE para atender as necessidades da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/233/emenda_aditiva-modificativa_ldo_2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/233/emenda_aditiva-modificativa_ldo_2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o orçamento impositivo no Projeto de Lei Nº 08, 14 de abril de 2021.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_010-2021_-_credito_adicional_especial_-_termo_de_adesao_cedca.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_010-2021_-_credito_adicional_especial_-_termo_de_adesao_cedca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2021-2021, bem como as metas prioritárias da LDO 2021, na LOA 2021 e da outras providencias</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no12-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no12-2021.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_013-2021-_regulamentacao_lote_307_adriano_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_013-2021-_regulamentacao_lote_307_adriano_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A ADRIANO RODRIGUES DOS SANTOS, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_no_021-2021-_regulamentacao_lote_307_-_luciano_cabral_da_silva.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_no_021-2021-_regulamentacao_lote_307_-_luciano_cabral_da_silva.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A LUCIANO CABRAL DA SILVA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_no_022-2021-_regulamentacao_lote_307_-_marcia_aparecida_lopes.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_no_022-2021-_regulamentacao_lote_307_-_marcia_aparecida_lopes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A MARCIA APARECIDA LOPES, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_no_023-2021-_regulamentacao_lote_307_-_maria_novaes_dos_santos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_no_023-2021-_regulamentacao_lote_307_-_maria_novaes_dos_santos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A MARIA NOVAES DOS SANTOS, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_024-2021-_regulamentacao_lote_307_-_rosemary_alves_aguiar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_024-2021-_regulamentacao_lote_307_-_rosemary_alves_aguiar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A ROSEMARY ALVES AGUIAR, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_025-2021-_regulamentacao_lote_307_-_sandra_aparecida_de_oliveira.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_025-2021-_regulamentacao_lote_307_-_sandra_aparecida_de_oliveira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A SANDRA APARECIDA DE OLIVEIRA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_026-2021-_regulamentacao_lote_307_-_shirley_de_souza_pereira.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_026-2021-_regulamentacao_lote_307_-_shirley_de_souza_pereira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A SHIRLEY DE SOUZA PEREIRA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/244/projeto_de_lei_no_027-2021-_regulamentacao_lote_307_-_sidnei_jose.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/244/projeto_de_lei_no_027-2021-_regulamentacao_lote_307_-_sidnei_jose.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A SIDNEY JOSE, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/245/projeto_de_lei_no_028-2021-_regulamentacao_lote_307-_virginia_pereira_de_souza.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/245/projeto_de_lei_no_028-2021-_regulamentacao_lote_307-_virginia_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A VIRGINIA PEREIRA DE SOUZA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_29-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_29-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de forma amigável do correspondente a área de terra medindo 1,6957ha, ou seja, 16.957,00m², face ao interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_no_030-2021-_desafetacao_praca.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_no_030-2021-_desafetacao_praca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de lote urbano (Praça), para fins de implantação do Centro Municipal de Educação Infantil São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_no_031-2021_-_denominacao_do_residencial_amanda_e_ruas_que_comprende_a_localidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_no_031-2021_-_denominacao_do_residencial_amanda_e_ruas_que_comprende_a_localidade.pdf</t>
   </si>
   <si>
     <t>Cria, delimita e denomina o“Residencial Amanda” e “Ruas, Guarita, Alecrim, Lírio Rosa, Canafístula, Guajuvira, Tucaneiro.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_no_032-2021_-_denominacao_do_residencial_jardim_vitoria_e_ruas_que_comprende_a_localidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_no_032-2021_-_denominacao_do_residencial_jardim_vitoria_e_ruas_que_comprende_a_localidade.pdf</t>
   </si>
   <si>
     <t>Cria, delimita e denomina o “Residencial Vitoria” e “Ruas, Azaleia, Araucária e Aroeira.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projeto_de_lei_no_033-2021_-_incorporacao_imovel_ao_municipio.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projeto_de_lei_no_033-2021_-_incorporacao_imovel_ao_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incorporação ao Perímetro Urbano do Município de Fênix o correspondente a 88.916,00m2, matriculados sob n. 16.367 do Cartório de Registro de Imóveis da Comarca de Engenheiro Beltrão- Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_no_014-2021-_regulamentacao_lote_307_-_aldair_marcos_teixeira.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_no_014-2021-_regulamentacao_lote_307_-_aldair_marcos_teixeira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A ALDAIR MARCOS TEIXEIRA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/256/projeto_de_lei_no_015-2021-_regulamentacao_lote_307_-_deni_carlos_de_oliveira.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/256/projeto_de_lei_no_015-2021-_regulamentacao_lote_307_-_deni_carlos_de_oliveira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A DENI CARLOS DE OLIVEIRA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_no_016-2021-_regulamentacao_lote_307_-_franciellen_costa_araujo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_no_016-2021-_regulamentacao_lote_307_-_franciellen_costa_araujo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A FRANCIELLEN COSTA ARAUJO, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_lei_no_017-2021-_regulamentacao_lote_307_-_idaro_jose_barbosa.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_lei_no_017-2021-_regulamentacao_lote_307_-_idaro_jose_barbosa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A IDARO JOSÉ BARBOSA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_lei_no_018-2021-_regulamentacao_lote_307_-_ivone_martins_santos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_lei_no_018-2021-_regulamentacao_lote_307_-_ivone_martins_santos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A IVONE MARTINS SANTOS, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_no_019-2021-_regulamentacao_lote_307_-_joao_mariano_borocosques.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_no_019-2021-_regulamentacao_lote_307_-_joao_mariano_borocosques.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A JOÃO MARIANO BOROCOSQUES, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_no_020-2021-_regulamentacao_lote_307_-_joceli_dos_santos_brizola.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_no_020-2021-_regulamentacao_lote_307_-_joceli_dos_santos_brizola.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO A JOCELI DOS SANTOS BRIZOLA, NOS TERMOS DA LEI MUNICIPAL Nº 022/2018, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_no_034-2021_-_denominacao_do_residencial_e_ruas_que_comprende_a_localidade_-_copia.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_no_034-2021_-_denominacao_do_residencial_e_ruas_que_comprende_a_localidade_-_copia.pdf</t>
   </si>
   <si>
     <t>Cria, delimita e denomina o “Conjunto Habitacional João Molina” e “Ruas, Ametista e Novo Horizonte"</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/269/projeto_de_lei_no_035-2021_-_credito_adicional_especial_-_convenio_fundo_perdido_sedu_parana_cidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/269/projeto_de_lei_no_035-2021_-_credito_adicional_especial_-_convenio_fundo_perdido_sedu_parana_cidade.pdf</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/271/emenda_modificativa_ao_projeto_de_lei_12-2021.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/271/emenda_modificativa_ao_projeto_de_lei_12-2021.docx</t>
   </si>
   <si>
     <t>Da nova redação aos arts. 4º, 7º, 8º, 24, 27, 33, parágrafo único e incisos do art. 24, parágrafo único e seus incisos do art. 34. Extingue o art. 30 e seus parágrafos.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_no_036-2021_-_credito_fomento_do_parana_sa_redacao_final.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_no_036-2021_-_credito_fomento_do_parana_sa_redacao_final.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com a Agência de Fomento do Paraná S/A.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/278/projeto_de_lei_no_037-2021_-_credito_adicional_especial_-_incentivo_vi.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/278/projeto_de_lei_no_037-2021_-_credito_adicional_especial_-_incentivo_vi.pdf</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/279/emenda_aditiva_-_gestao_animal_-_pele.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/279/emenda_aditiva_-_gestao_animal_-_pele.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao art. 5º, no projeto de lei nº 12 de 19 de maio de 2021.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_no_038-2021_-_ppa_2022-2025.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_no_038-2021_-_ppa_2022-2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE FENIX, PARA O QUADRIENIO DE 2022 A 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_no_039-2020_-_loa_2022.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_no_039-2020_-_loa_2022.docx</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2022.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_cidadao_honorario.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios objetivos para concessão de título_x000D_
 de cidadão honorário e benemérito do Município de Fênix.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Pingo, COCO DA BARRACA, EDINHO MALAQUIAS, GILSON PEABIRU, João do Banco, Joaquim Rodrigues, PELE ESTEFANI, POLACO DA VILA, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/288/lei_distribuicao_gratuita_de_absorvente.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/288/lei_distribuicao_gratuita_de_absorvente.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fornecer gratuitamente absorvente íntimo higiênico às mulheres de baixa renda ou em vulnerabilidade social do Município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_40-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_40-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revogação da Lei nº 02/2021, que concede revisão geral anual da remuneração dos servidores públicos municipais do Poder Executivo Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_41-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_41-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revogação da Lei Municipal nº. 03/2021, que concede revisão geral anual da remuneração dos servidores públicos municipais do Poder Legislativo Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/291/altera_o_subsidio_do_presidente.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/291/altera_o_subsidio_do_presidente.pdf</t>
   </si>
   <si>
     <t>Altera ao art. 3º da Lei nº 15/2020.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/300/projeto_de_lei_no_043-2021_-_da_nome_estrada_parque_estadual.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/300/projeto_de_lei_no_043-2021_-_da_nome_estrada_parque_estadual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomenclatura da Estrada que dá acesso ao Parque Estadual Vila Rica do Espirito Santo de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/301/reajuste_vale_alimentacao_11-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/301/reajuste_vale_alimentacao_11-2021.pdf</t>
   </si>
   <si>
     <t>Altera art. 2º da Lei nº 09/2015, que institui o vale alimentação.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/303/projeto_de_lei_no_042-2021-_credito_adicional_especial_-_cria_dotacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/303/projeto_de_lei_no_042-2021-_credito_adicional_especial_-_cria_dotacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e inclusão de metas no PPA 2019-2021, bem como as metas prioritárias da LDO 2021, na LOA 2021 e da outras providencias</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_44-2021_c.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_44-2021_c.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza o Poder Executivo Municipal a contratar operações de crédito com a Agência de Fomento do Paraná S/A.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>COCO DA BARRACA, EDINHO MALAQUIAS, GILSON PEABIRU, Joaquim Rodrigues, Pingo, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_02-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de identificação nos veículos oficiais, de propriedade ou a serviço da administração pública Municipal de Fênix - Paraná.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_45-2021.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_45-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX-PR, PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/205/resolucao_coronavirus.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/205/resolucao_coronavirus.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução sessão por videoconferência.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/202/req_01-2021_-_nova_felicidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/202/req_01-2021_-_nova_felicidade.pdf</t>
   </si>
   <si>
     <t>Projeto de execução do conjunto habitacional “NOVA FELICIDADE”</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_02.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_02.docx</t>
   </si>
   <si>
     <t>RELAÇAO TERRENOS</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_01.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_01.docx</t>
   </si>
   <si>
     <t>Explicações quanto ao remanejamento de funcionários.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_queima_de_galhos_e_entulhos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_queima_de_galhos_e_entulhos.pdf</t>
   </si>
   <si>
     <t>Requer o envio das informações.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Pingo, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_03_epi.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_03_epi.pdf</t>
   </si>
   <si>
     <t>Informação sobre a falta de EPIs.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_04_atendimento_psicologico.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_04_atendimento_psicologico.docx</t>
   </si>
   <si>
     <t>Requer Explicações o porquê do corte de atendimentos por psicóloga.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_05_contatos_empreiteiras.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_05_contatos_empreiteiras.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos contratos das Empreiteiras construtoras de asfalto.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06_aterramento_bueiros.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06_aterramento_bueiros.docx</t>
   </si>
   <si>
     <t>Requer Explicação De O Porquê Do Aterramento De Rede De Aguas Pluviais Na Vila Nova.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_02_-_projetos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_02_-_projetos.pdf</t>
   </si>
   <si>
     <t>Construção de Baixa Qualidade</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_07prestacao_de_contas_fundeb.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_07prestacao_de_contas_fundeb.pdf</t>
   </si>
   <si>
     <t>Prestação de contas do FUNDEB.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1663,68 +1663,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/207/emenda_modificativa_pl_01-2021.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/208/emenda_modificativa_pl_02-2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/295/emenda_restritiva_ao_projeto_040-2021_-_banco_do_fomento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_01a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_05_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_06_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_07_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_01_-_insalubridade.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_09_-_quebra_molas.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indica_10.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indica_11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_01_-_congelamento_eletricidade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_02_-_neurologista_rf.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_03_-_pediatra_e_ginecologista.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_-_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_-_planos_e_cargos.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_04_-_camara_de_vigilancias.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_01_-_recape.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_02_-_reforma_capela_mortuaria.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_05_-_posto_de_saude_bela_vista.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_06_-_heliponto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_01_-_cascalhamento_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_09_-_campo_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_26_-_praca_xaxim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/276/indicacao_10_-_predio_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_11_-_doacao_de_imoveis.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_12_-_repasse_asilo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_13_-_pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_14_-_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_03_-_reforma_hospital.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_04_-_reposicao_lampadas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_02_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_15_-_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_16_-_salario_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_17_-_eventos_regionais.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_18_-_festa_natalina.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/214/decreto_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/223/decreto_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/224/decreto_no_03-2021.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/274/decreto_no_07-2021_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/310/decreto_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_no001-2021_-_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_reajuste_anual_redacao_final.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no002-2021_-_reposicao_servidores_redacao_final.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no003-2021-_credito_adicional_especial_-_asilo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no004-2021_-_amp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_01-2021.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no005-2021_-_vacinas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no006-2021_-_conselho_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no007-2021_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_08-2021_-_ldo_2022_radacao_final.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_009-2021_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/228/lei_de_politica_municipal_gestao_de_animal_-_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_011-2021_-_autoriza_-_cargos_-_professores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/233/emenda_aditiva-modificativa_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_010-2021_-_credito_adicional_especial_-_termo_de_adesao_cedca.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no12-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_013-2021-_regulamentacao_lote_307_adriano_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_no_021-2021-_regulamentacao_lote_307_-_luciano_cabral_da_silva.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_no_022-2021-_regulamentacao_lote_307_-_marcia_aparecida_lopes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_no_023-2021-_regulamentacao_lote_307_-_maria_novaes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_024-2021-_regulamentacao_lote_307_-_rosemary_alves_aguiar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_025-2021-_regulamentacao_lote_307_-_sandra_aparecida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_026-2021-_regulamentacao_lote_307_-_shirley_de_souza_pereira.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/244/projeto_de_lei_no_027-2021-_regulamentacao_lote_307_-_sidnei_jose.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/245/projeto_de_lei_no_028-2021-_regulamentacao_lote_307-_virginia_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_29-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_no_030-2021-_desafetacao_praca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_no_031-2021_-_denominacao_do_residencial_amanda_e_ruas_que_comprende_a_localidade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_no_032-2021_-_denominacao_do_residencial_jardim_vitoria_e_ruas_que_comprende_a_localidade.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projeto_de_lei_no_033-2021_-_incorporacao_imovel_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_no_014-2021-_regulamentacao_lote_307_-_aldair_marcos_teixeira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/256/projeto_de_lei_no_015-2021-_regulamentacao_lote_307_-_deni_carlos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_no_016-2021-_regulamentacao_lote_307_-_franciellen_costa_araujo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_lei_no_017-2021-_regulamentacao_lote_307_-_idaro_jose_barbosa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_lei_no_018-2021-_regulamentacao_lote_307_-_ivone_martins_santos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_no_019-2021-_regulamentacao_lote_307_-_joao_mariano_borocosques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_no_020-2021-_regulamentacao_lote_307_-_joceli_dos_santos_brizola.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_no_034-2021_-_denominacao_do_residencial_e_ruas_que_comprende_a_localidade_-_copia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/269/projeto_de_lei_no_035-2021_-_credito_adicional_especial_-_convenio_fundo_perdido_sedu_parana_cidade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/271/emenda_modificativa_ao_projeto_de_lei_12-2021.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_no_036-2021_-_credito_fomento_do_parana_sa_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/278/projeto_de_lei_no_037-2021_-_credito_adicional_especial_-_incentivo_vi.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/279/emenda_aditiva_-_gestao_animal_-_pele.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_no_038-2021_-_ppa_2022-2025.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_no_039-2020_-_loa_2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/288/lei_distribuicao_gratuita_de_absorvente.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_40-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_41-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/291/altera_o_subsidio_do_presidente.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/300/projeto_de_lei_no_043-2021_-_da_nome_estrada_parque_estadual.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/301/reajuste_vale_alimentacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/303/projeto_de_lei_no_042-2021-_credito_adicional_especial_-_cria_dotacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_44-2021_c.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_45-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/205/resolucao_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/202/req_01-2021_-_nova_felicidade.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_02.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_01.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_queima_de_galhos_e_entulhos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_03_epi.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_04_atendimento_psicologico.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_05_contatos_empreiteiras.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06_aterramento_bueiros.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_02_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_07prestacao_de_contas_fundeb.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/207/emenda_modificativa_pl_01-2021.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/208/emenda_modificativa_pl_02-2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/295/emenda_restritiva_ao_projeto_040-2021_-_banco_do_fomento.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_01a.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_05_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_06_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_07_-_pingo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_01_-_insalubridade.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_09_-_quebra_molas.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indica_10.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indica_11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_01_-_congelamento_eletricidade.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_02_-_neurologista_rf.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_03_-_pediatra_e_ginecologista.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_-_iluminacao_publica.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_-_planos_e_cargos.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/263/indicacao_04_-_camara_de_vigilancias.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_01_-_recape.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_02_-_reforma_capela_mortuaria.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_05_-_posto_de_saude_bela_vista.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_06_-_heliponto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_01_-_cascalhamento_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/273/indicacao_09_-_campo_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_26_-_praca_xaxim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/276/indicacao_10_-_predio_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_11_-_doacao_de_imoveis.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_12_-_repasse_asilo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_13_-_pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_14_-_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_03_-_reforma_hospital.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_04_-_reposicao_lampadas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_02_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_15_-_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_16_-_salario_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_17_-_eventos_regionais.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_18_-_festa_natalina.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/214/decreto_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/223/decreto_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/224/decreto_no_03-2021.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/274/decreto_no_07-2021_-_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/310/decreto_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_no001-2021_-_diario_oficial.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_reajuste_anual_redacao_final.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_no002-2021_-_reposicao_servidores_redacao_final.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_no003-2021-_credito_adicional_especial_-_asilo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no004-2021_-_amp.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_01-2021.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no005-2021_-_vacinas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_no006-2021_-_conselho_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_no007-2021_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_08-2021_-_ldo_2022_radacao_final.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_009-2021_-_altera_numero_de_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/228/lei_de_politica_municipal_gestao_de_animal_-_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei_no_011-2021_-_autoriza_-_cargos_-_professores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/233/emenda_aditiva-modificativa_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_010-2021_-_credito_adicional_especial_-_termo_de_adesao_cedca.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no12-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_013-2021-_regulamentacao_lote_307_adriano_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_lei_no_021-2021-_regulamentacao_lote_307_-_luciano_cabral_da_silva.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_no_022-2021-_regulamentacao_lote_307_-_marcia_aparecida_lopes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_no_023-2021-_regulamentacao_lote_307_-_maria_novaes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_024-2021-_regulamentacao_lote_307_-_rosemary_alves_aguiar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/242/projeto_de_lei_no_025-2021-_regulamentacao_lote_307_-_sandra_aparecida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_026-2021-_regulamentacao_lote_307_-_shirley_de_souza_pereira.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/244/projeto_de_lei_no_027-2021-_regulamentacao_lote_307_-_sidnei_jose.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/245/projeto_de_lei_no_028-2021-_regulamentacao_lote_307-_virginia_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/248/projeto_de_lei_29-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_de_lei_no_030-2021-_desafetacao_praca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_de_lei_no_031-2021_-_denominacao_do_residencial_amanda_e_ruas_que_comprende_a_localidade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei_no_032-2021_-_denominacao_do_residencial_jardim_vitoria_e_ruas_que_comprende_a_localidade.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projeto_de_lei_no_033-2021_-_incorporacao_imovel_ao_municipio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projeto_de_lei_no_014-2021-_regulamentacao_lote_307_-_aldair_marcos_teixeira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/256/projeto_de_lei_no_015-2021-_regulamentacao_lote_307_-_deni_carlos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/257/projeto_de_lei_no_016-2021-_regulamentacao_lote_307_-_franciellen_costa_araujo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/258/projeto_de_lei_no_017-2021-_regulamentacao_lote_307_-_idaro_jose_barbosa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/259/projeto_de_lei_no_018-2021-_regulamentacao_lote_307_-_ivone_martins_santos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_no_019-2021-_regulamentacao_lote_307_-_joao_mariano_borocosques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_no_020-2021-_regulamentacao_lote_307_-_joceli_dos_santos_brizola.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_no_034-2021_-_denominacao_do_residencial_e_ruas_que_comprende_a_localidade_-_copia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/269/projeto_de_lei_no_035-2021_-_credito_adicional_especial_-_convenio_fundo_perdido_sedu_parana_cidade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/271/emenda_modificativa_ao_projeto_de_lei_12-2021.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_no_036-2021_-_credito_fomento_do_parana_sa_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/278/projeto_de_lei_no_037-2021_-_credito_adicional_especial_-_incentivo_vi.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/279/emenda_aditiva_-_gestao_animal_-_pele.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_no_038-2021_-_ppa_2022-2025.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_no_039-2020_-_loa_2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/288/lei_distribuicao_gratuita_de_absorvente.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/289/projeto_de_lei_40-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_41-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/291/altera_o_subsidio_do_presidente.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/300/projeto_de_lei_no_043-2021_-_da_nome_estrada_parque_estadual.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/301/reajuste_vale_alimentacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/303/projeto_de_lei_no_042-2021-_credito_adicional_especial_-_cria_dotacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_44-2021_c.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/309/projeto_de_lei_no_02-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/311/projeto_de_lei_45-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/205/resolucao_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/202/req_01-2021_-_nova_felicidade.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_02.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_01.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_queima_de_galhos_e_entulhos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento_03_epi.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_04_atendimento_psicologico.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_05_contatos_empreiteiras.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06_aterramento_bueiros.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_02_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_07prestacao_de_contas_fundeb.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="128.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>