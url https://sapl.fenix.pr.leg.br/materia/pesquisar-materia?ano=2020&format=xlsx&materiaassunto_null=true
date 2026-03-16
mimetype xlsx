--- v0 (2026-01-28)
+++ v1 (2026-03-16)
@@ -54,465 +54,465 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EADPL</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/183/emenda_ao_projeto_de_lei_13-2020_salario_prefeito_e_vice.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/183/emenda_ao_projeto_de_lei_13-2020_salario_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º do Projeto de Lei nº 013/2020.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/175/indicacao_toshihico.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/175/indicacao_toshihico.pdf</t>
   </si>
   <si>
     <t>Agente de saúde convid-19 grau máximo insalubridade</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Roberta</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/184/indicacao_roberta_epis.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/184/indicacao_roberta_epis.docx</t>
   </si>
   <si>
     <t>Fornecimento EPI´s para Auxiliares Gerais (Coveiros)</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/</t>
+    <t>http://sapl.fenix.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual dos Subsídios dos Vereadores e da tabela de vencimentos dos Servidores Públicos Municipais do Poder Legislativo do Município de Fênix</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual dos subsídios dos Agentes Políticos e Secretários Municipais do Município de Fênix.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_001-2020_-_reposicao_servidores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_001-2020_-_reposicao_servidores.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos municipais com base no índice do INPC e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_002-2020_-_reajuste_salarial_professores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_002-2020_-_reajuste_salarial_professores.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Professores e dos Atendentes de Creches da Rede Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_004-2020-_altera_a_lei_que_criou_cargos_clt_-_professores_temporarios.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_004-2020-_altera_a_lei_que_criou_cargos_clt_-_professores_temporarios.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 009/2019, ampliando o número de vagas para PROFESSORES TEMPORÁRIOS regidos pela CLT – Consolidação das Leis do Trabalho – face a insuficiência existente no quadro de professores para o atendimento normal das aulas na área de Educação.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/166/brn3c2af43e4d4f_0000019142.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/166/brn3c2af43e4d4f_0000019142.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2019-2021, bem como as metas prioritárias da LDO 2020, na LOA 2020 e da outras providencias.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/167/brn3c2af43e4d4f_0000019152.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/167/brn3c2af43e4d4f_0000019152.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2020, na LOA 2020 e da outras providencias.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no006-2020_-_casas_cohapar.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no006-2020_-_casas_cohapar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover empreendimento habitacional em conjunto com o Estado do Paraná, em lotes de propriedade do Município e realizar a titulação aos beneficiários finais no âmbito do Programa Família Paranaense e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_-_microempresa.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_-_microempresa.pdf</t>
   </si>
   <si>
     <t>Estabelece tratamento diferenciado e favorecido às microempresas e empresas de pequeno porte de que tratam as Leis Complementares nºs 123/2006, 128/2008 e 139/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/173/ccf_000076.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/173/ccf_000076.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_lei_-_reducao_salarial_-_covid-19.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_lei_-_reducao_salarial_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Reduz os vencimentos do Prefeito Municipal, Vice Prefeito, Secretários e Cargos Comissionados, em virtude da Pandemia do COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_010-2020-_sisan.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_010-2020-_sisan.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Fênix Estado do Paraná, Sistema Nacional De Segurança alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_lei_2020_-_prefeito_e_vice.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_lei_2020_-_prefeito_e_vice.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal do Prefeito e Vice-Prefeito do Município de Fênix, para o quadriênio de 2021/2024.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_lei_2020_-_secretarios.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_lei_2020_-_secretarios.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos Secretários do Município de Fênix, para o quadriênio de 2021/2024.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_lei_2020_-_vereadores.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_lei_2020_-_vereadores.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos Vereadores do Município de Fênix, para o quadriênio de 2021/2024.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_011-2020-_vagas_de_taxi.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_011-2020-_vagas_de_taxi.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 15º E 17º DA LEI MUNICIPAL 11/2011, QUE REGULAMENTOU O SERVIÇO DE AUTOMÓVEIS DE ALUGUEL NO MUNICÍPIO DE FÊNIX.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no12-2020.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no12-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e inclusão de metas no PPA 2020-2021, bem como as metas prioritárias da LDO 2020, na LOA 2020 e da outras providencias</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/187/emenda_ao_projeto_de_lei_16-2020_pnto_taxi.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/187/emenda_ao_projeto_de_lei_16-2020_pnto_taxi.pdf</t>
   </si>
   <si>
     <t>Suprir a alínea “a” e “b” do art. 17.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/188/loa_2021_-_completa.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/188/loa_2021_-_completa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2021.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_016-2020_-_abono_salarial_2020.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_016-2020_-_abono_salarial_2020.pdf</t>
   </si>
   <si>
     <t>Institui abono a ser concedido aos servidores do Poder Executivo no mês de outubro, ocasião que concretizará apenas neste mês de novembro, em virtude das eleições municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no17-2020.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no17-2020.pdf</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_18_-_2020.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_18_-_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2020, na LOA 2020 e da outras providencias</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Mesa Diretora - MED</t>
   </si>
   <si>
     <t>Institui   abono   a   ser   concedido   aos servidores   do   Poder   Legislativo no   mês   de   outubro, ocasião que concretizará apenas neste mês de novembro, em    virtude   das   eleições   municipais, e   dá   outras providências</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>CATFO - Comissão  Administração Tributária, Financeira Orçamentária</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/194/emenda_a_loa.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/194/emenda_a_loa.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 6º do Projeto Lei nº 015/2020</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/195/ccf_000159.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/195/ccf_000159.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei Municipal nº 21/2005 de 17 de outubro de 2005 e atualiza a legislação municipal conforme a Lei Complementar nº 175, de 23 de setembro de 2020. O qual Dispõe sobre o padrão nacional de obrigação acessória do Imposto Sobre Serviços de Qualquer Natureza (ISSQN), de competência dos Municípios e do Distrito Federal, incidente sobre os serviços previstos nos subitens 4.22, 4.23, 5.09, 15.01 e 15.09 da lista de serviços anexa à Lei Complementar nº 116, de 31 de julho de 2003; altera dispositivos da referida Lei Complementar; prevê regra de transição para a partilha do produto da arrecadação do ISSQN entre o Município do local do estabelecimento prestador e o Município do domicílio do tomador relativamente aos serviços de que trata; e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_resolucao__no_01-2020.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_resolucao__no_01-2020.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a modalidade de reuniões do plenário da Câmara Municipal de Fênix com o uso de tecnologia por videoconferência e participação pela Internet dos vereadores de Fênix, de maneira a garantir a continuidade do processo legislativo durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/171/parecer_previo_505-19.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/171/parecer_previo_505-19.pdf</t>
   </si>
   <si>
     <t>Prestação de contas do Prefeito do Município de Fênix, exercício 2018. Parecer Prévio pela regularidade das contas.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/177/06_-_resolucao_03-2020_regularidade.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/177/06_-_resolucao_03-2020_regularidade.pdf</t>
   </si>
   <si>
     <t>Prestação de contas do prefeito municipal. Exercício 2016. Despesas com publicidade institucional realizadas no primeiro semestre de 2016 em montante superior a média dos gastos no primeiro semestre dos três últimos anos que antecedem o pleito. Despesas com publicidade institucional realizadas no período que antecede as eleições (exceto a publicação legal das normas, regulamentos e editais). Limite de Despesas com Pessoal - Redução 1/3- Análise do Primeiro Quadrimestre do exercício de 2016, com baixo crescimento do PIB. Obrigações de despesa contraídas nos últimos dois quadrimestres do mandato que tenham parcelas a serem pagas no exercício seguinte sem que haja suficiente disponibilidade de caixa, conforme critérios fixados no Prejulgado 15. Atraso em Publicações de Relatórios Resumidos da Execução Orçamentária - RREO de bimestres do exercício de 2016. Atraso na publicação do Relatório de Gestão Fiscal - RGF do Primeiro Quadrimestre do exercício de 2016. Entrega dos dados do SIM-AM com atraso. Parecer prévio pela Irregularidade. Aplicação de multas. Aposição de Ressalvas.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/178/resolucao_coronavirus_prestacao_de_contas.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/178/resolucao_coronavirus_prestacao_de_contas.docx</t>
   </si>
   <si>
     <t>Regulamenta o processo de tomada de contas via videoconferência para o ano 2020 devido à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Comissão de Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/189/regimento_interno_cam_mun_de_fenix_-_30-10-2020_-_redacao_final.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/189/regimento_interno_cam_mun_de_fenix_-_30-10-2020_-_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Fênix.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/172/requermento_convid-19.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/172/requermento_convid-19.pdf</t>
   </si>
   <si>
     <t>Requer o envio da prestação de contas referente ás ações de combate ao coronavírus.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/176/requerimento_queima_de_galhos_e_entulhos.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/176/requerimento_queima_de_galhos_e_entulhos.pdf</t>
   </si>
   <si>
     <t>Requer o envio das informações, deposito de galhos e entulhos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -819,68 +819,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/183/emenda_ao_projeto_de_lei_13-2020_salario_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/175/indicacao_toshihico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/184/indicacao_roberta_epis.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_001-2020_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_002-2020_-_reajuste_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_004-2020-_altera_a_lei_que_criou_cargos_clt_-_professores_temporarios.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/166/brn3c2af43e4d4f_0000019142.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/167/brn3c2af43e4d4f_0000019152.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no006-2020_-_casas_cohapar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_-_microempresa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/173/ccf_000076.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_lei_-_reducao_salarial_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_010-2020-_sisan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_lei_2020_-_prefeito_e_vice.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_lei_2020_-_secretarios.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_lei_2020_-_vereadores.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_011-2020-_vagas_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no12-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/187/emenda_ao_projeto_de_lei_16-2020_pnto_taxi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/188/loa_2021_-_completa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_016-2020_-_abono_salarial_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no17-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_18_-_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/194/emenda_a_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/195/ccf_000159.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_resolucao__no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/171/parecer_previo_505-19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/177/06_-_resolucao_03-2020_regularidade.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/178/resolucao_coronavirus_prestacao_de_contas.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/189/regimento_interno_cam_mun_de_fenix_-_30-10-2020_-_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/172/requermento_convid-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/176/requerimento_queima_de_galhos_e_entulhos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/183/emenda_ao_projeto_de_lei_13-2020_salario_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/175/indicacao_toshihico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/184/indicacao_roberta_epis.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/163/projeto_de_lei_no_001-2020_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/164/projeto_de_lei_no_002-2020_-_reajuste_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/165/projeto_de_lei_no_004-2020-_altera_a_lei_que_criou_cargos_clt_-_professores_temporarios.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/166/brn3c2af43e4d4f_0000019142.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/167/brn3c2af43e4d4f_0000019152.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/168/projeto_de_lei_no006-2020_-_casas_cohapar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/170/projeto_de_lei_-_microempresa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/173/ccf_000076.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/174/projeto_lei_-_reducao_salarial_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/179/projeto_de_lei_no_010-2020-_sisan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/180/projeto_lei_2020_-_prefeito_e_vice.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/181/projeto_lei_2020_-_secretarios.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/182/projeto_lei_2020_-_vereadores.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/185/projeto_de_lei_no_011-2020-_vagas_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/186/projeto_de_lei_no12-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/187/emenda_ao_projeto_de_lei_16-2020_pnto_taxi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/188/loa_2021_-_completa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/190/projeto_de_lei_no_016-2020_-_abono_salarial_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/191/projeto_de_lei_no17-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/192/projeto_de_lei_no_18_-_2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/194/emenda_a_loa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/195/ccf_000159.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/169/projeto_resolucao__no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/171/parecer_previo_505-19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/177/06_-_resolucao_03-2020_regularidade.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/178/resolucao_coronavirus_prestacao_de_contas.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/189/regimento_interno_cam_mun_de_fenix_-_30-10-2020_-_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/172/requermento_convid-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2020/176/requerimento_queima_de_galhos_e_entulhos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>