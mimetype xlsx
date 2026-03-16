--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,506 +54,506 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Diretora - MED</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_e_emenda_a_lei_organica.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_e_emenda_a_lei_organica.pdf</t>
   </si>
   <si>
     <t>projeto inicial que altera a lei n. 01/1990.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Geraldo, João do Banco, PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_emenda_a_lom.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_emenda_a_lom.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao art. 86, § 9º PELOM</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_001-2019_-_reposicao_servidores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_001-2019_-_reposicao_servidores.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos municipais com base no índice do INPC e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_002_-_2019_-_reposicao_servido_Nz8axTc.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_002_-_2019_-_reposicao_servido_Nz8axTc.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Professores e dos Atendentes de Creches da Rede Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/119/lei_de_politica_municipal_gestao_de_animal.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/119/lei_de_politica_municipal_gestao_de_animal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Gestão Animal no Município de Fênix e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/</t>
+    <t>http://sapl.fenix.pr.leg.br/media/</t>
   </si>
   <si>
     <t>SÚMULA:  Dispõe sobre a revisão geral e anual dos subsídios dos Agentes Políticos e Secretários Municipais do Município de Fênix.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual dos Subsídios dos Vereadores e da tabela de vencimentos dos Servidores Públicos Municipais do Poder Legislativo do Município de Fênix.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_05-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_05-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2019, na LOA 2019 e da outras providencias</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_03-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_03-2019.pdf</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_04-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_04-2019.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_06-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_06-2019.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A PARTICIPAÇÃO, COM RESERVAS, DO MUNICÍPIO DE FÊNIX NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÃO E DESENVOLVIMENTO DO ESTADO DO PARANÁ - CINDEPAR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_007-2019_-_fenix_-adequacao_do_AsiwL5t.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_007-2019_-_fenix_-adequacao_do_AsiwL5t.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as Adequações do Plano Diretor do Município de Fênix, e a revisão do Plano Municipal de Ações e Investimentos – PAI, que é parte integrante do Plano Diretor e da outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_008-2019_-_vagas_teste_seletivo.docx</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_008-2019_-_vagas_teste_seletivo.docx</t>
   </si>
   <si>
     <t>Súmula. Criam os cargos de PROFESSORES TEMPORÁRIOS regidos pela CLT – Consolidação das Leis do Trabalho – face à insuficiência existente no quadro de professores para o atendimento normal das aulas na área de Educação.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_na_integra.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_na_integra.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_10-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_10-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE DE CONTRIBUIÇÃO ANUAL A AGENCIA DE DESENVOLVIMENTO DE TURISMO SUSTENTAVEL -  ADETURS – ECOAVENTURAS HISTORIAS E SABORES</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_011-2019_-_lei_do_suas.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_011-2019_-_lei_do_suas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 32/2018, especificamente o Art. 19, que dispõe sobre o Sistema Único de Assistência Social do Município de Fênix/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_012-2019_-_alteracao_lei_20-2010.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_012-2019_-_alteracao_lei_20-2010.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º da Lei Municipal nº 20/2010, relativamente a distribuição dos estagiários na estrutura administrativa municipal e dá outras providências</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_013-2019_-_altera_a_lei_que_cr_AVyJiUq.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_013-2019_-_altera_a_lei_que_cr_AVyJiUq.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 009/2019, que criou cargos de PROFESSORES TEMPORÁRIOS regidos pela CLT – Consolidação das Leis do Trabalho – face à insuficiência existente no quadro de professores para o atendimento normal das aulas na área de Educação.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_014-2019_-_adequacao_do_plano_diretor.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_014-2019_-_adequacao_do_plano_diretor.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_15-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_15-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2019-2021, bem como as metas prioritárias da LDO 2019, na LOA 2019 e da outras providencias</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_016-2019_-_alteracao_lei_20-20_NfZJUtM.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_016-2019_-_alteracao_lei_20-20_NfZJUtM.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º da Lei Municipal nº 20/2010, relativamente a distribuição dos estagiários na estrutura administrativa municipal e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_16-2019_-_diretores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_16-2019_-_diretores.pdf</t>
   </si>
   <si>
     <t>Institui cargos em comissão para diretores de escolas municipais níveis I e II, altera a redação do Parágrafo único do artigo 23 e do artigo 24 e incisos da Lei Municipal nº 53/20007 estabelecendo as atribuições do cargo de diretor e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_17-2019_-_pai_-_projeto_de_lei_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_17-2019_-_pai_-_projeto_de_lei_1.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as atualizações do Plano Municipal de Ações e Investimentos – PAI, conforme art. 136 e 176 da lei 23/2012 e da outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_03-2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Cria Cargos no quadro de servidores Efetivos da Câmara Municipal</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_016-2019_-_diretores.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_016-2019_-_diretores.pdf</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_017-2019_-_pai_-_projeto_de_lei_1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_017-2019_-_pai_-_projeto_de_lei_1.pdf</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_019-2019_-_cessao_de_veiculo_-_apae.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_019-2019_-_cessao_de_veiculo_-_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cessão de Uso com a Escola Novos Caminhos – Educação Infantil e Ensino Fundamental, na modalidade Educação Especial (mantenedora APAE), para os fins que especifica.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_18-2019_-_completo.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_18-2019_-_completo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2020.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Geraldo, COCO DA BARRACA, João do Banco, PELE ESTEFANI, Roberta</t>
   </si>
   <si>
     <t>doação de veiculo</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/150/projeto_de_lei_20-2019_-_rally_fluvial.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/150/projeto_de_lei_20-2019_-_rally_fluvial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e inclusão de metas no PPA 2019-2021, bem como as metas prioritárias da LDO 2019, na LOA 2019 e da outras providencias</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_lei_no021-2019_-__rally_fluvial_correto.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_lei_no021-2019_-__rally_fluvial_correto.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito municipal o RALLY FLUVIAL, inclui no calendário oficial do Município de FÊNIX e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/152/projeto_lei_-_no022-2019_-_abono_salarial.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/152/projeto_lei_-_no022-2019_-_abono_salarial.pdf</t>
   </si>
   <si>
     <t>Institui abono a ser concedido aos servidores do Poder Executivo no mês de outubro e dá outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Acrescentar o poder legislativo ao Projeto de Lei do abono ao servidor público</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Geraldo, TOSHIKO</t>
   </si>
   <si>
     <t>Institui abono a ser concedido aos_x000D_
 servidores do Poder Legislativo no mês de outubro e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_023.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com a Agência de Fomento do Paraná S/A</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/156/1._projeto_de_lei_24.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/156/1._projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2018, na LOA 2018 e da outras providencias</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/157/2._projeto_de_lei_25.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/157/2._projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/158/3._projeto_de_lei_26.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/158/3._projeto_de_lei_26.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX-PR, PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_027-2019_-_credito_adicional_-_cria_d_iqbqyph.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_027-2019_-_credito_adicional_-_cria_d_iqbqyph.pdf</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_28.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_28.pdf</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>BRANCO</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal cópia do processo de licitação de contratação de horas máquinas, executados pela Prefeitura Municipal no ano de 2018.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal cópia do processo de licitação de contratação de médicos, executados pela Prefeitura Municipal no ano de 2018.</t>
   </si>
   <si>
     <t>144</t>
   </si>
@@ -887,68 +887,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_e_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_001-2019_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_002_-_2019_-_reposicao_servido_Nz8axTc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/119/lei_de_politica_municipal_gestao_de_animal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_05-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_04-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_007-2019_-_fenix_-adequacao_do_AsiwL5t.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_008-2019_-_vagas_teste_seletivo.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_na_integra.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_011-2019_-_lei_do_suas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_012-2019_-_alteracao_lei_20-2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_013-2019_-_altera_a_lei_que_cr_AVyJiUq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_014-2019_-_adequacao_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_016-2019_-_alteracao_lei_20-20_NfZJUtM.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_16-2019_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_17-2019_-_pai_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_016-2019_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_017-2019_-_pai_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_019-2019_-_cessao_de_veiculo_-_apae.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_18-2019_-_completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/150/projeto_de_lei_20-2019_-_rally_fluvial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_lei_no021-2019_-__rally_fluvial_correto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/152/projeto_lei_-_no022-2019_-_abono_salarial.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/156/1._projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/157/2._projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/158/3._projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_027-2019_-_credito_adicional_-_cria_d_iqbqyph.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/132/projeto_e_emenda_a_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_emenda_a_lom.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_001-2019_-_reposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_002_-_2019_-_reposicao_servido_Nz8axTc.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/119/lei_de_politica_municipal_gestao_de_animal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_05-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/125/projeto_de_lei_03-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/126/projeto_de_lei_04-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/127/projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/128/projeto_de_lei_no_007-2019_-_fenix_-adequacao_do_AsiwL5t.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/129/projeto_de_lei_no_008-2019_-_vagas_teste_seletivo.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_na_integra.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_10-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/133/projeto_de_lei_no_011-2019_-_lei_do_suas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_no_012-2019_-_alteracao_lei_20-2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_no_013-2019_-_altera_a_lei_que_cr_AVyJiUq.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_no_014-2019_-_adequacao_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_15-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_no_016-2019_-_alteracao_lei_20-20_NfZJUtM.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/139/projeto_de_lei_no_16-2019_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/140/projeto_de_lei_no_17-2019_-_pai_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/141/projeto_de_lei_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_no_016-2019_-_diretores.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/146/projeto_de_lei_no_017-2019_-_pai_-_projeto_de_lei_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/147/projeto_de_lei_no_019-2019_-_cessao_de_veiculo_-_apae.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/148/projeto_de_lei_18-2019_-_completo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/150/projeto_de_lei_20-2019_-_rally_fluvial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/151/projeto_de_lei_no021-2019_-__rally_fluvial_correto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/152/projeto_lei_-_no022-2019_-_abono_salarial.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_de_lei_023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/156/1._projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/157/2._projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/158/3._projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/159/projeto_de_lei_no_027-2019_-_credito_adicional_-_cria_d_iqbqyph.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2019/160/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="224.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>