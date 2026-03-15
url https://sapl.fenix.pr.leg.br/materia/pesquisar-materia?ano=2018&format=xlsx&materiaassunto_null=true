--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -54,689 +54,689 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PELE ESTEFANI, BRANCO, COCO DA BARRACA, Geraldo, João do Banco, Juvenil, POLACO DA VILA, Roberta, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/</t>
+    <t>http://sapl.fenix.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Instalações de Redutores de velocidade</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX, PARA O EXERCÍCIO 2018 - PAVIMENTAÇÃO RUBRICA</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE ADIANTAMENTO PARA PEQUENAS DESPESAS ATRAVÉS DE ADIANTAMENTO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO A CONCEDER DIREITO REAL DE USO DAS DEPENDÊNCIAS DE QUIOSQUES E TERMINAL RODOVIÁRIO EXISTENTES NO ESPAÇO PÚBLICO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE METAS NO PPA 2018-2021 BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - ACADEMIA DA SAUDE</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - CONSTRUÇÃO/REFORMA CENTRO SAUDE</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS COM BASE NO ÍNDICE DO INPC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS PROFESSORES E DOS ATENDENTES DE CRECHES DA REDE MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DOS SUBSÍDIOS DOS VEREADORES E DA TABELA DE VENCIMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICÍPIO DE FÊNIX</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/72/72_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS E SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE FÊNIX</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - EXECUÇÃO DE 18.185,25 M²  DE RECAPEAMENTO ASFÁLTICO EM CBUQ NAS RUAS, FIGUEIRA, AV. DR. JOAQUIM VICENTE DE CASTRO, AV. ANTONIO QUINTEIRO SIMÕES E AV. AVIAÇÃO</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - ADQUIRIR VEÍCULOS E EQUIPAMENTOS TRANSPORTE SANITÁRIO DE ACORDO COM A RESOLUÇÃO SESA/PR 517/2017</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>TOSHIKO, BRANCO, COCO DA BARRACA, Geraldo, João do Banco, Juvenil, PELE ESTEFANI, POLACO DA VILA, Roberta</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REALINHAMENTO COM REAJUSTE REAL AO VENCIMENTO DO CARGO EFETIVO DE ADVOGADO CLASSE I DO PODER LE4GISLATIVO DO MUNICÍPIO DE FÊNIX.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - EXECUÇÃO DE 7.500 M²  PAVIMENTAÇÃO/RECAPE/URBANIZAÇÃO/ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - AQUISIÇÃO DE UM CAMINHÃO CAÇAMBA BASCULANTE, NOVO (ZERO KM, CAPACIDADE MÍNIMA DE 6 M3, POTÊNCIA MÍNIMA DE 190CV, COM AR CONDICIONADO</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - TRANSFERIR RECURSO DE DOAÇÕES FEITAS POR PESSOAS FÍSICAS E JURIDICAS A ENTIDADES QUE ASSISTEM A CRIANÇAS E ADOLESCENTES DO MUNICIPIO DE FÊNIX</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS - ADQUIRIR VEÍCULOS/EQUIPAMENTOS RODOVIÁRIOS  PARA O MUNICÍPIO DE FÊNIX COM RECURSOS A FUNDO PERDIDO</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2018-2021, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2018, NA LOA 2018 E DA OUTRAS PROVIDENCIAS.COMPRA VEICULO PARA UBS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.(LDO)</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM O PRESENTE PROJETO A FINALIDADE DE ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE PARA POSSIBILITAR O MUNICÍPIO DE FÊNIX REALIZAR A COMPLEMENTAÇÃO DE AQUISIÇÃO DE MAQUINAS E IMPLEMENTOS AGRÍCOLAS CONTEMPLADOS NO CONTRATO DE REPASSE Nº 833443/2016MAPA, OBJETO DO PROCESSO Nº 2613.1033576-63/2016 DO CONVENIO CELEBRADO ENTRE O MUNICÍPIO DE FÊNIX E O MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM O PRESENTE PROJETO A FINALIDADE DE ABRIR UM CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE PARA POSSIBILITAR O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE FÊNIX, BEM COMO O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE A CUMPRIR ALGUMAS DELIBERAÇÕES DE SEUS RESPECTIVOS CONSELHOS, BEM COMO DAR CONTINUIDADE AOS PROGRAMAS DO MDS (MINISTÉRIO DO DESENVOLVIMENTO SOCIAL) E DA SECRETARIA DE ESTADO E DESENVOLVIMENTO SOCIAL (SEDS)</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>TEM O PRESENTE PROJETO A FINALIDADE DA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE PARA POSSIBILITAR A AQUISIÇÃO DE UM NOVO VEICULO, VINDO ASSIM AO ENCONTRO DAS NECESSIDADES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER CONCESSÃO DE DIREITO REAL DE USO SOBRE IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL EM FAVOR DE FAMÍLIAS CARENTES DEVIDAMENTE SELECIONADAS ATRAVÉS DE ESTUDO SOCIAL E DEMAIS PROVIDENCIAS PELA SECRETARIA DA AÇÃO SOCIAL DE FÊNIX NAS CONDIÇÕES QUE ESPECIFICA NO TERMO DE CESSÃO E ESTABELECE OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER CONCESSÃO DE DIREITO REAL DE USO SOBRE IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL EM FAVOR DA ASSOCIAÇÃO DOS SERVIDORES MUNICIPAIS DE FÊNIX NAS CONDIÇÕES QUE ESPECIFICA NO TERMO DE CESSÃO E ESTABELECE OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.doc</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.doc</t>
   </si>
   <si>
     <t>SÚMULA. CRIA CARGOS PÚBLICOS REGIDOS PELA CLT &amp;#8211; CONSOLIDAÇÃO DAS LEIS DO TRABALHO &amp;#8211; PARA REALIZAÇÃO DE TESTE SELETIVO A FIM DE OPERACIONALIZAR E EXECUTAR PROVISORIAMENTE PROGRAMAS NA ÁREA DA SAÚDE PÚBLICA.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_de_lei_no_026-2018_-_cargos_comissionados.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_de_lei_no_026-2018_-_cargos_comissionados.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Criando Cargos Públicos de provimento comissão, acrescentando-se aos constantes do anexo I da Lei Municipal 11/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei__no_25.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei__no_25.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Art. 15º da Lei Municipal 11/2011, que regulamentou o serviço de automóveis de aluguel no Município de Fênix.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_no_027-2018_-_autoriza_processo_se_T4niU8g.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_no_027-2018_-_autoriza_processo_se_T4niU8g.pdf</t>
   </si>
   <si>
     <t>Súmula. Autoriza a realização do processo seletivo simplificado destinado ao provimento do Emprego Público de Fisioterapeuta, Enfermeiro Padrão, Técnico em Enfermagem e Psicólogo e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/95/projeto_de_lei_no_028-2018_-_assessoria_juridica.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/95/projeto_de_lei_no_028-2018_-_assessoria_juridica.pdf</t>
   </si>
   <si>
     <t>Reenquadramento de remuneração para Assessoria_x000D_
 Jurídica do Município de Fênix e cria o cargo de Assessor da_x000D_
 Divisão de Assistência Judiciária Gratuita Municipal, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_no_029-2018_-_lei_do_suas.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_no_029-2018_-_lei_do_suas.pdf</t>
   </si>
   <si>
     <t>Sumula: Altera a Lei 29/2010 que dispõe sobre o Sistema Único de Assistência Social do Município de Fênix/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_no030-2018.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_no030-2018.pdf</t>
   </si>
   <si>
     <t>SÚMULA – Autoriza a permuta de lotes no Município de Fênix – Estado do Paraná – com Joaquim Vicente de Castro e da outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/100/projeto_de_lei_no_033-2018_-_credito_adicional_e_Od7fHHu.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/100/projeto_de_lei_no_033-2018_-_credito_adicional_e_Od7fHHu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018, bem como inclusão de metas prioritárias na LDO 2018 e na LOA 2018 e da outras providencias</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/101/projeto_de_lei_no_034-2018_-_credito_adicional_e_0u4C6Sf.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/101/projeto_de_lei_no_034-2018_-_credito_adicional_e_0u4C6Sf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018-2021, bem como as metas prioritárias da LDO 2018, na LOA 2018 e da outras providencias</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/102/projeto_de_lei_no_035-2018_-_cessao_de_veiculo_-_apae.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/102/projeto_de_lei_no_035-2018_-_cessao_de_veiculo_-_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cessão de Uso com a Escola Novos Caminhos – Educação Infantil e Ensino Fundamental, na modalidade Educação Especial (mantenedora APAE), para os fins que especifica.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/103/projeto_de_lei_orcamentaria_2019.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/103/projeto_de_lei_orcamentaria_2019.pdf</t>
   </si>
   <si>
     <t>Súmula: Estima a Receita e fixa a Despesa do Município de FÊNIX para o exercício de 2019.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta novos artigos nos dispositivos da Lei nº 21/2005 (Código Tributário do Município de Fênix) e dá outras providências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_de_lei_no_038-2018_-_plano_de_saneamento_basico.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_de_lei_no_038-2018_-_plano_de_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as alterações do Plano Municipal de Saneamento Básico – PMSBFEN e da outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/107/projeto_de_lei_no_038-2018_-_plano_de_saneamento_WdRC4yI.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/107/projeto_de_lei_no_038-2018_-_plano_de_saneamento_WdRC4yI.pdf</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_lei_no_039-2018_-_abono_salarial_m76cvem.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_lei_no_039-2018_-_abono_salarial_m76cvem.pdf</t>
   </si>
   <si>
     <t>Institui abono a ser concedido aos servidores do Poder Executivo do Município de Fênix, correspondente ao período de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/109/projeto_de_lei_no040.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/109/projeto_de_lei_no040.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de metas no PPA 2018, bem como inclusão de metas prioritárias na LDO 2018 e  na LOA 2018 e da outras providencias</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/110/projeto_de_lei_-_cessao_de_uso_-_terreno_-_morar_0PxZXJI.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/110/projeto_de_lei_-_cessao_de_uso_-_terreno_-_morar_0PxZXJI.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder concessão de direito real de uso sobre imóvel do patrimônio público municipal em favor de pessoas carentes, devidamente inscritas e selecionadas para recebimento dos imóveis em conformidade ao programa morar melhor II e estabelece outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/111/projeto_de_lei_no_042-2018_-_regulamenta_cobranc_xyRJ4LW.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/111/projeto_de_lei_no_042-2018_-_regulamenta_cobranc_xyRJ4LW.pdf</t>
   </si>
   <si>
     <t>Regulamenta a cobrança do IPTU – Imposto Predial e_x000D_
 Territorial Urbano para o Exercício Financeiro de 2019, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/112/projeto_de_lei_no_043-2018_-atribuicoes_do_fisca_rZGjhz1.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/112/projeto_de_lei_no_043-2018_-atribuicoes_do_fisca_rZGjhz1.pdf</t>
   </si>
   <si>
     <t>Acrescentasse funções as já estabelecidas no cargo de fiscal de tributação municipal e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/113/projeto_de_lei_no_044-2018_-_doacao__quiosque_1__V1SV6Vj.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/113/projeto_de_lei_no_044-2018_-_doacao__quiosque_1__V1SV6Vj.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder concessão de direito real de uso sobre imóvel do patrimônio público municipal em favor de Doralice de Azevedo de Assis nas condições que especifica no termo de cessão e estabelece outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/114/projeto_de_lei_no_045-2018_-_doacao__quiosque_2__FDvTU8U.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/114/projeto_de_lei_no_045-2018_-_doacao__quiosque_2__FDvTU8U.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder concessão de direito real de uso sobre imóvel do patrimônio público municipal em favor de Fabianne Teixeira Gomes nas condições que especifica no termo de cessão e estabelece outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>COCO DA BARRACA, BRANCO, TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/115/projeto_de_lei_revisao_vale_alimentacao.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/115/projeto_de_lei_revisao_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Alterada art. 2º da Lei º. 09/2015, que institui o vale alimentação.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/116/projeto_de_lei_no_046-2018_-_permuta_dos_lotes.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/116/projeto_de_lei_no_046-2018_-_permuta_dos_lotes.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de lotes no Município de Fênix – Estado do Paraná – com Joaquim Vicente de Castro Neto e da outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_no031-2018.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_no031-2018.pdf</t>
   </si>
   <si>
     <t>SÚMULA – Altera a redação do artigo 4º, o §1º do artigo 4º e o Memorial descritivo do § 1º do artigo 4º da Lei Complementar 24/2012 e da outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_no032-2018.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_no032-2018.pdf</t>
   </si>
   <si>
     <t>SÚMULA – Altera a redação do inciso IV do Artigo 2º, os §§ 1º e 2º do artigo 21 e artigo 24, todos da Lei Complementar 25/2012 e da outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>PODE EXECUTIVO DO MUNICÍPIO DE FÊNIX. EXERCÍCIO FINANCEIRO DE 2015. RESULTADO FINANCEIRO DEFICITÁRIO DAS FONTES NÃO VINCULADAS A PROGRAMAS, CONVÊNIOS, OPERAÇÕES DE CRÉDITO E RPPS, CORRESPONDENDO A 3,81%. PARECER PRÉVIO PELA REGULARIDADE DAS CONTAS COM RESSALVAS</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PREFEITO MUNICIPAL. EXERCÍCIO DE 2014. RESTRIÇÃO SANADA NO CURSO DA INSTRUÇÃO. SÚMULA Nº 8. DÉFICIT ORÇAMENTÁRIO DE FONTES FINANCEIRAS NÃO VINCULADAS. PARECER PRÉVIO PELA REGULARIDADE DAS CONTAS COM RESSALVAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1043,68 +1043,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_de_lei_no_026-2018_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei__no_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_no_027-2018_-_autoriza_processo_se_T4niU8g.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/95/projeto_de_lei_no_028-2018_-_assessoria_juridica.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_no_029-2018_-_lei_do_suas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_no030-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/100/projeto_de_lei_no_033-2018_-_credito_adicional_e_Od7fHHu.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/101/projeto_de_lei_no_034-2018_-_credito_adicional_e_0u4C6Sf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/102/projeto_de_lei_no_035-2018_-_cessao_de_veiculo_-_apae.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/103/projeto_de_lei_orcamentaria_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_de_lei_no_038-2018_-_plano_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/107/projeto_de_lei_no_038-2018_-_plano_de_saneamento_WdRC4yI.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_lei_no_039-2018_-_abono_salarial_m76cvem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/109/projeto_de_lei_no040.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/110/projeto_de_lei_-_cessao_de_uso_-_terreno_-_morar_0PxZXJI.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/111/projeto_de_lei_no_042-2018_-_regulamenta_cobranc_xyRJ4LW.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/112/projeto_de_lei_no_043-2018_-atribuicoes_do_fisca_rZGjhz1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/113/projeto_de_lei_no_044-2018_-_doacao__quiosque_1__V1SV6Vj.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/114/projeto_de_lei_no_045-2018_-_doacao__quiosque_2__FDvTU8U.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/115/projeto_de_lei_revisao_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/116/projeto_de_lei_no_046-2018_-_permuta_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_no031-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_no032-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/91/projeto_de_lei_no_026-2018_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/92/projeto_de_lei__no_25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/94/projeto_de_lei_no_027-2018_-_autoriza_processo_se_T4niU8g.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/95/projeto_de_lei_no_028-2018_-_assessoria_juridica.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/96/projeto_de_lei_no_029-2018_-_lei_do_suas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/97/projeto_de_lei_no030-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/100/projeto_de_lei_no_033-2018_-_credito_adicional_e_Od7fHHu.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/101/projeto_de_lei_no_034-2018_-_credito_adicional_e_0u4C6Sf.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/102/projeto_de_lei_no_035-2018_-_cessao_de_veiculo_-_apae.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/103/projeto_de_lei_orcamentaria_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/104/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/105/projeto_de_lei_no_038-2018_-_plano_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/106/projeto_de_lei_no_037-2018_-__ctm_fenix.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/107/projeto_de_lei_no_038-2018_-_plano_de_saneamento_WdRC4yI.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_lei_no_039-2018_-_abono_salarial_m76cvem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/109/projeto_de_lei_no040.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/110/projeto_de_lei_-_cessao_de_uso_-_terreno_-_morar_0PxZXJI.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/111/projeto_de_lei_no_042-2018_-_regulamenta_cobranc_xyRJ4LW.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/112/projeto_de_lei_no_043-2018_-atribuicoes_do_fisca_rZGjhz1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/113/projeto_de_lei_no_044-2018_-_doacao__quiosque_1__V1SV6Vj.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/114/projeto_de_lei_no_045-2018_-_doacao__quiosque_2__FDvTU8U.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/115/projeto_de_lei_revisao_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/116/projeto_de_lei_no_046-2018_-_permuta_dos_lotes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/98/projeto_de_lei_no031-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/sapl/public/materialegislativa/2018/99/projeto_de_lei_no032-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="101.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>