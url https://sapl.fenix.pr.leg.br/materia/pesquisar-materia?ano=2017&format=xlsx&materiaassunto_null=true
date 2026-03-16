--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,606 +54,606 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>COCO DA BARRACA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇAO DE PONTO DE TAXI COBERTO</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS NA PRAÇA AIRTON SENNA DA SILVA </t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXECUÇAO DE GALERIAS PLUVIAIS E PAVIMENTAÇAO COM PEDRA IRREGULAR NO CONJUNTO HABITACIONAL NOVA FELICIDADE</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPE ASFÁLTICO NA AVENIDA DR. JOAQUIM VICENTE DE CASTRO.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA CASA MORTUÁRIA.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO, EM LOCAL QUE ESPECIFICA NESTE CIDADE</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Geraldo</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE REPAROS EM TELHADO E DEMAIS MANUTENÇÕES NECESSÁRIAS NO CLUBE DE BELA VISTA DO IVAI.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>João do Banco</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA NO DISTRITO DE BELA VISTA DO IVAÍ.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ATI NO DISTRITO DE BELA VISTA DO IVAÍ.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA PONTE NO RIO DEZ.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Juvenil</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE ARQUIBANCADAS E BANHEIROS EXTERNOS NO ESTÁDIO MUNICIPAL JOSÉ ROBERTO SALES &amp;#8211; PINGÃO.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REFORMA NA QUADRA MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>POLACO DA VILA</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.xml</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.xml</t>
   </si>
   <si>
     <t>VIABILIZE A REFORMA DO BUEIRO DA ESTRADA DE ACESSO A VILA RURAL VALE VERDE NOVOS CAMPOS</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/</t>
+    <t>http://sapl.fenix.pr.leg.br/media/</t>
   </si>
   <si>
     <t>CONVOCAÇÃO SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>PELE ESTEFANI</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DA TABELA DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICÍPIO DE FÊNIX.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E ANUAL DA TABELA DE VENCIMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICIPIO DE FÊNIX</t>
   </si>
   <si>
     <t>Altair Molina Serrano</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS COM BASE NO ÍNDICE DO INPC-IBGE E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS PROFESSORES E DOS ATENDENTES DE CRECHES DA REDE MUNICIPAL DE EDUCAÇÃO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTITUIÇÃO DA OUVIDORIA MUNICIPAL DO SUS E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S/A</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2018, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS NA LDO, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE METAS NO PPA 2016-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ART. 1º E INCISO II, DA LEI MUNICIPAL N. 08/2006 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REFISFEN - RECUPERAÇÃO FISCAL DE FÊNIX - ESTADO DO PARANÁ E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO MUNICÍPIO DE FÊNIX PARA O EXERCÍCIO FINANCEIRO DE 2.017S DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DA PESSOA IDOSA, DO FUNDO MUNICIPAL DA PESSOA IDOSA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A INCLUSAO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITARIAS DA LDO 2017, NA LOA 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A INCLUSAO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITARIAS DA LDO 2017, NA LOA 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÕES DE  METAS NO PPA 2017-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART.6º E 15 DA LEI MUNICIPAL 11/2011, QUE REGULAMENTOU O SERVIÇO AUTOMÓVEL DE ALUGUEL NO MUNICÍPIO DE FÊNIX.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - IMPLANTAÇÃO ACADEMIA DA SAÚDE.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - PROGRAMA DE ASSISTÊNCIA FARMACÊUTICA BÁSICA.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI COMPLEMENTAR 021/2005,QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO DO MUNICIPIO DE FÊNIX, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE FÊNIX PARA O EXERCÍCIO FINANCEIRO DE 2.017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017 E DA OUTRAS PROVIDÊNCIAS. REFORMA CENTRO DE SAÚDE.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017 E DA OUTRAS PROVIDÊNCIAS. COMUNIDADE BRINQUEDOTECA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCORPORAR AO PERÍMETRO URBANO, O CORRESPONDENTE A 103.729,14 M2, MATRICULADOS SOB N. 16.151 DO CARTÓRIO DE REGISTRO DE IMÓVEIS DA COMARCA DE ENGENHEIRO BELTRÃO - ESTADO DO PARANÁ - E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2016-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - RECAPE ASFÁLTICO. </t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2016-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - ADQUIRIR VEÍCULO SAÚDE.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2016-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - EQUIPAMENTOS SAÚDE</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO DE METAS NO PPA 2016-2017, BEM COMO AS METAS PRIORITÁRIAS DA LDO 2017, NA LOA 2017 E DA OUTRAS PROVIDÊNCIAS - MANUTENÇÃO BOLSA FAMÍLIA</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A COBRANÇA DO IPTU - IMPOSTO PREDIAL E TERRITORIAL URBANO PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 30 DA LEI MUNICIPAL Nº 38/2007 PASSA A VIGORAR COM A SEGUINTE REDAÇÃO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÔE SOBRE DENOMINAÇÃO AO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL E DA OUTROS PROVIDENCIAS</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REFISFEN - RECUPERAÇÃO FISCAL DE FÊNIX - ESTADO DO PARANÁ - E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PME - PLANO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PREFEITO MUNICIPAL. EXERCICIO DE 2012. IRREGULARIDADE E MULTA</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>BRANCO, Geraldo, Juvenil, POLACO DA VILA, Roberta</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOVA  ELEIÇÃO DO CARGO DE PRESIDENTE BIÊNIO 2017/2018</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EXPLICAÇOES DO PLANO DE CARREIRA DO SERVIDOR MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EXPLICAÇOES DO CONVENIO ENTRE O MUNICIPIO, GOVERNO FEDERAL/CAIXA ECONOMICA/GIGOV-MR</t>
   </si>
   <si>
     <t>TOSHIKO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO PROCEDIMENTO LICITATÓRIO</t>
   </si>
   <si>
-    <t>https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EXPLICAÇÕES POR ESCRITO PORTAL DA TRANSPARÊNCIA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -960,68 +960,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.xml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fenix.pr.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>